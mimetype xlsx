--- v0 (2025-10-29)
+++ v1 (2026-02-02)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2713">
   <si>
     <t>Zoznam pracovných pozícií v prieskume miezd</t>
   </si>
   <si>
     <t>www.platy.sk</t>
   </si>
   <si>
     <t>Aktualizované v</t>
   </si>
   <si>
-    <t>10/2025</t>
+    <t>02/2026</t>
   </si>
   <si>
     <t>Počet pozícií</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description</t>
   </si>
   <si>
     <t>Administration</t>
   </si>