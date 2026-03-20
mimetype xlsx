--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2713">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2817">
   <si>
     <t>Zoznam pracovných pozícií v prieskume miezd</t>
   </si>
   <si>
     <t>www.platy.sk</t>
   </si>
   <si>
     <t>Aktualizované v</t>
   </si>
   <si>
-    <t>02/2026</t>
+    <t>03/2026</t>
   </si>
   <si>
     <t>Počet pozícií</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
@@ -519,50 +519,80 @@
 * Operating towed machines such as seed drills or manure spreaders to plant, fertilize, dust, and spray crops. 
 * Loading hoppers, containers, or conveyors to feed machines with products, using forklifts, transfer augers, suction gates, shovels, or pitchforks. 
 * Spraying fertilizer or pesticide solutions to control insects, fungus and weed growth, and diseases, using hand sprayers. 
 * Mixing specified materials or chemicals, and dump solutions, powders, or seeds into planter or sprayer machinery. 
 * Irrigating soil, using portable pipes or ditch systems, and maintaining ditches or pipes and pumps. 
 * Directing and monitoring the activities of work crews engaged in planting, weeding, or harvesting activities. 
 * Loading and unloading crops or containers of materials, manually or using conveyors, handtrucks, forklifts, or transfer augers. 
 * Weighing crop-filled containers, and record weights and other identifying information. </t>
   </si>
   <si>
     <t>* Prevádzka alebo obsluha zariadení používaných v poľnohospodárskej výrobe, ako sú traktory, kombajny a zavlažovacie zariadenia.
 * Pozorovanie a počúvanie prevádzky strojov za účelom zistenia porúch zariadení.
 * Pripojenie poľnohospodárskych nástrojov, ako sú plúhy, diskové podory, postrekovače alebo kombajny k traktorom pomocou skrutiek a ručných nástrojov.
 * Riadenie nákladných automobilov na prepravu úrody, zásob, nástrojov alebo poľnohospodárskych pracovníkov.
 * Úprava, oprava a údržba poľnohospodárskej techniky a informovanie nadriadených v prípade poruch strojov.
 * Prevádzka vlečných strojov, ako sú cievkové jednoosé secacie stroje alebo rozširovacie zariadenia na hnojá, na sadenie, hnojenie, práškovanie a postrekovanie plodín.
 * Nakladanie bunkerov, kontajnerov alebo prenosných pásov na prepravu materiálov alebo produktov pomocou vysokozdvižných vozíkov, prenosných dopravníkov, sacích bran, lopát alebo vidlí.
 * Rozširovanielehemarea alebo hubeného materiálu doceľom ovládnutia hmyzu, húb, rias a chorôb s použitím ručných fúkačiek.
 * Mixovanie špecifikovaných materiálov alebo chemikálií a skúšanie roztokov, práškov alebo semien do sadenia alebo postrekovacej techniky.
 * Zavlažovanie pôdy pomocou prenosných rúr alebo šťňového systému zodpovedajú ajúceho vedenia alebo púmp.
 * Riadenie a sledovanie aktivít pracovných brigád v oblasti výsadby, odstraňovania buriny alebo zberania úrody.
 * Nakladanie a vykladanie kontajnerov s materiálom alebo úrodou, a to manuálne alebo pomocou prenosných pásov, vysokozdvižných vozíkov alebo prenosných dopravníkov.
 * Odvažovanie kontajnerov naplnených úrodou, zaznamenávanie hmotnosti a ďalších identifikujúcich informácií.</t>
   </si>
   <si>
+    <t>Agricultural Specialist</t>
+  </si>
+  <si>
+    <t>Poľnohospodársky špecialista</t>
+  </si>
+  <si>
+    <t>* Preparing soil for planting and sowing through plowing, fertilization, and irrigation.
+* Sowing grains and industrial crops, as well as planting vegetables in prepared fields.
+* Protecting crops from diseases and pests through spraying and dusting with fungicides and pesticides.
+* Harvesting mature crops such as grains, rye, and barley, or gathering root vegetables like potatoes, corn, beets, and tobacco.
+* Classifying, storing, and dispatching harvested products to market.
+* Monitoring crop growth and development, ensuring optimal conditions for yield.
+* Implementing sustainable agricultural practices to enhance soil health and productivity.
+* Collaborating with agronomists and other specialists to improve farming techniques and crop varieties.
+* Keeping accurate records of planting schedules, crop yields, and pesticide applications.
+* Staying updated on agricultural trends, technologies, and regulations to ensure compliance and innovation in farming practices.</t>
+  </si>
+  <si>
+    <t>* Príprava pôdy na sadenie a výsev cez orbu, hnojenie a zavlažovanie.
+* Výsev obilnín a priemyselných plodín, ako aj sadenie zeleniny na pripravených poliach.
+* Ochrana plodín pred chorobami a škodcami cez postrek a prášenie pomocou fungicídov a pesticídov.
+* Zber zrelých plodín ako obilnín, raž a jačmeň, alebo zbieranie koreňovej zeleniny ako zemiaky, kukurica, repa a tabak.
+* Triedenie, uskladňovanie a odosielanie zozbieraných produktov na trh.
+* Monitorovanie rastu a vývoja plodín, zabezpečenie optimálnych podmienok pre výnos.
+* Implementáciu udržateľnej poľnohospodárskej praxe na zlepšenie zdravia pôdy a produktivity.
+* Spolupráca s agronómami a inými špecialistami na zlepšenie farebných techník a odrôd plodín.
+* Údržba presných záznamov o výsevových plánoch, výnosoch plodín a aplikáciách pesticídov.
+* Aktualizácia vedomostí o poľnohospodárskych trendoch, technológiách a predpisoch na zabezpečenie dodržania a inovácií v poľnohospodárskych postupoch.</t>
+  </si>
+  <si>
     <t>Agricultural Technician</t>
   </si>
   <si>
     <t>Poľnohospodársky technik</t>
   </si>
   <si>
     <t>* Responsibility for planting, spraying, collecting, storing and selling agricultural products.
 * Operating agricultural machinery and equipment and keeping them in working order.
 * Collecting the samples of crops and livestock.
 * Conducting experiments aimed at increasing the fertility of crops, livestock performance and their resistance to disease and pests.
 * Keeping records of discovered facts, their analysing and drawing conclusions.
 * Cleaning and sterilising the laboratory and laboratory equipment.</t>
   </si>
   <si>
     <t>* Zodpovedanie za pestovanie, postrekovanie, zbieranie, uskladňovanie a predávanie poľnohospodárskych plodín.
 * Obsluhovanie poľnohospodárskych strojov a zariadení a ich udržiavanie v prevádzkyschopnom stave.
 * Odoberanie vzoriek z poľnohospodárskych plodín a hospodárskych zvierat.
 * Vykonávanie experimentov zameraných na zvýšenie úrodnosti poľnohospodárskych plodín, úžitkovosti hospodárskych zvierat a ich odolnosti voči chorobám a škodcom.
 * Zaznamenávanie zistených skutočností, ich analyzovanie a vytváranie záverov.
 * Umývanie a sterilizovanie laboratória a laboratórneho vybavenia.</t>
   </si>
   <si>
     <t>Agricultural Technologist</t>
   </si>
   <si>
@@ -996,50 +1026,76 @@
 * Vytváranie špeciálnych efektov (starnutie, modriny, poranenia a pod.) použitím make-upu.
 * Zhotovovanie parochní a vlásenkárskych výrobkov.
 * Zhotovovanie sadrových odliatkov tváre a/alebo hlavy.
 * Zhotovovanie latexových a silikónových masiek z odliatkov tváre a/alebo hlavy.</t>
   </si>
   <si>
     <t>Model</t>
   </si>
   <si>
     <t>Fotomodel</t>
   </si>
   <si>
     <t xml:space="preserve">* Posing in front of the lenses of photographers, following their instructions. 
 * Viewing of clothes, products etc.
 * Performing in TV adverts.
 * Cooperation with visagists, hair dressers and clothes stylists.
 * Transferring to castings and places of photographing.
 </t>
   </si>
   <si>
     <t>* Pózovanie pred objektívom fotografov, plnenie ich pokynov.
 * Predvádzanie oblečenia, produktov a pod.
 * Účinkovanie v televíznych reklamách.
 * Spolupracovanie s vizážistami, kaderníkmi a odevnými stylistami.
 * Presúvanie sa na castingy a miesta fotenia.</t>
+  </si>
+  <si>
+    <t>Museum Specialist</t>
+  </si>
+  <si>
+    <t>Odborný pracovník v múzeu</t>
+  </si>
+  <si>
+    <t>Management, registration, and protection of collection items.
+Professional processing and cataloguing of artefacts.
+Creation and implementation of exhibition projects.
+Scientific research activities in the relevant field.
+Preparation of educational and outreach materials and lectures.
+Methodological guidance in acquiring new collections.
+Collaboration with professional institutions.
+Supervision of storage conditions and conservation processes.</t>
+  </si>
+  <si>
+    <t>Správa, evidencia a ochrana zbierkových predmetov.
+Odborné spracovanie a katalogizácia predmetov.
+Tvorba a realizácia výstavných projektov.
+Vedeckovýskumná činnosť v danom odbore.
+Príprava popularizačných materiálov a prednášok.
+Metodické usmerňovanie pri získavaní nových zbierok.
+Spolupráca s odbornými inštitúciami.
+Dohľad nad podmienkami uloženia a konzervácie.</t>
   </si>
   <si>
     <t>Photographer</t>
   </si>
   <si>
     <t>Fotograf</t>
   </si>
   <si>
     <t>* Photographing people, animals, objects, landscapes etc.
 * Using analogue and digital cameras, lenses, lighting equipment, filters, conversion lenses, etc.
 * Instructing people during photo shoots.
 * Editing photographs using computer technology.
 * Developing cine films, printing photographs.</t>
   </si>
   <si>
     <t>* Fotografovanie osôb, zvierat, vecí, scenérií a pod.
 * Používanie analógových a digitálnych fotoaparátov, objektívov, svetelnej techniky, filtrov, predsádiek a pod.
 * Inštruovanie osôb počas fotografovania.
 * Upravovanie fotografií pomocou výpočtovej techniky.
 * Vyvolávanie kinofilmov, tlačenie fotografií.</t>
   </si>
   <si>
     <t>Restorer/Conservator</t>
   </si>
   <si>
@@ -1697,50 +1753,80 @@
   </si>
   <si>
     <t>Inžinier údržby</t>
   </si>
   <si>
     <t>* Providing preventive and operational maintenance of machinery and equipment.
 * Managing, coordinating, motivating and evaluating subordinate employees.
 * Developing and updating maintenance plans.
 * Identifying worn parts.
 * Ordering spare parts.
 * Analysing the causes of downtime and taking measures to eliminate them.
 * Monitoring and controlling maintenance costs.
 * Communicating with shift masters, process engineers and suppliers of machinery and equipment.</t>
   </si>
   <si>
     <t>* Zabezpečovanie preventívnej a operatívnej údržby strojov a zariadení.
 * Riadenie, koordinovanie, motivovanie a hodnotenie podriadených zamestnancov.
 * Vypracovávanie a aktualizovanie plánov údržby.
 * Identifikovanie opotrebovaných dielcov.
 * Objednávanie náhradných dielcov.
 * Analyzovanie príčin prestojov a prijímanie opatrení na ich eliminovanie.
 * Monitorovanie a kontrolovanie nákladov na údržbu.
 * Komunikovanie so zmenovými majstrami, procesnými inžiniermi a dodávateľmi strojov a zariadení.</t>
   </si>
   <si>
+    <t>Mechatronics Technician</t>
+  </si>
+  <si>
+    <t>Mechatronik</t>
+  </si>
+  <si>
+    <t>* Assembling and testing mechatronic systems and components in accordance with specifications.
+* Diagnosing and troubleshooting mechanical, electrical, and software issues in automotive systems.
+* Collaborating with engineers to design and improve mechatronic systems for enhanced vehicle performance.
+* Conducting routine maintenance and repairs on automated equipment and machinery.
+* Utilizing diagnostic tools and software to analyze system performance and implement necessary adjustments.
+* Ensuring compliance with safety standards and regulations throughout all processes.
+* Documenting repair and maintenance activities in accordance with company policies.
+* Participating in the development of technical documentation and user manuals for mechatronic systems.
+* Training and mentoring junior technicians on best practices and new technologies.
+* Staying updated on industry trends and advancements in mechatronics and automotive technology.</t>
+  </si>
+  <si>
+    <t>* Montáž a testovanie mechatronických systémov a komponentov v súlade so špecifikáciami.
+* Diagnostika a odstraňovanie mechanických, elektrických a softvérových problémov v automobilových systémoch.
+* Spolupráca s inžiniermi pri návrhu a zlepšení mechatronických systémov na zvýšenie výkonnosti vozidiel.
+* Vykonávanie rutinnej údržby a opráv automatizovaného vybavenia a strojov.
+* Používanie diagnostických nástrojov a softvéru na analýzu výkonnosti systému a implementáciu potrebných úprav.
+* Zabezpečenie dodržania bezpečnostných štandardov a predpisov v rámci všetkých procesov.
+* Dokumentácia opravárenských a údržbových činností v súlade s politickými spoločnosti.
+* Účasť na vývoji technických dokumentácií a užívateľských manuáloch pre mechatronické systémy.
+* Školenie a mentorstvo junior technikov v oblasti najlepších praktík a nových technológií.
+* Aktualizácia poznatkov o trendoch a pokrokoch v oblasti mechatroniky a automobilovej techniky.</t>
+  </si>
+  <si>
     <t>Process Engineer</t>
   </si>
   <si>
     <t>Procesný inžinier</t>
   </si>
   <si>
     <t>* Responsibility for the implementation of new products in the company.
 * Completing detailed production documentation and working procedures.
 * Updating production documentation and working procedures in case of a change in the production process.
 * Implementing tools increasing the efficiency of the production process (e.g. Six Sigma, Kaizen, Lean, poka-yoke etc.).
 * Reducing production costs while maintaining the required level of quality.
 * Solving the incurred problems and abnormalities.
 * Participating in the selection and deployment of technological equipment on the company premises.
 * Estimating the requirements regarding the staff, production time and costs.
 * Communicating with other departments in the company.</t>
   </si>
   <si>
     <t>* Zodpovedanie za implementovanie nových produktov v rámci závodu.
 * Vypracovávanie detailnej výrobnej dokumentácie a pracovných postupov.
 * Aktualizovanie výrobnej dokumentácie a pracovných postupov v prípade zmeny výrobného procesu.
 * Zavádzanie nástrojov na zvyšovanie efektívnosti výrobného procesu (napr. Six Sigma, Kaizen, Lean, poka-yoke a pod.).
 * Znižovanie výrobných nákladov pri zachovaní požadovanej úrovne kvality.
 * Riešenie vzniknutých problémov a abnormalít.
 * Podieľanie sa na výbere a rozmiestňovaní technologického vybavenia v priestoroch závodu.
 * Odhadovanie požiadaviek na personál, výrobný čas a náklady.
@@ -2398,51 +2484,51 @@
 * Implementing promotional strategies and marketing campaigns to drive online sales.
 * Analyzing sales data and website traffic to identify trends and improve performance.
 * Collaborating with the marketing team to enhance the online presence of the shop.
 * Maintaining accurate records of sales, returns, and customer interactions.
 * Ensuring compliance with e-commerce regulations and standards for online sales.
 * Utilizing e-commerce platforms and software to streamline operations and improve efficiency.
 * Providing regular reports on performance metrics and suggesting improvements.
 * Assisting with the development and maintenance of the online shop’s user interface for optimal customer engagement.</t>
   </si>
   <si>
     <t>* Dozoruje denné operácie internetového obchodu, zabezpečuje hladký zážitok zákazníka.
 * Spravuje zoznamy produktov, vrátane pridávania nových produktov, aktualizácie popisov a optimalizácie obrázkov.
 * Monitoruje hladiny zásob a koordinuje s dodávateľmi na doplnenie tovaru podľa potreby.
 * Spracováva objednávky zákazníkov a zabezpečuje včasné plnenie a odosielanie objednávok.
 * Rieši záležitosti zákazníkov a vybavuje otázky cez e-mail, chat a telefón profesionálnym spôsobom.
 * Realizuje propagačné stratégie a marketingové kampane na podporu online predaja.
 * Analyzuje údaje o predaji a návštevnosti webovej stránky, aby boli identifikované trendy a zlepšen výkon.
 * Spolupracuje s marketingovým tímom na zlepšení online prítomnosti obchodu.
 * Udržiava presné záznamy o predaji, vráteniach a interakciách so zákazníkmi.
 * Zabezpečuje súlad s predpismi a štandardmi e-commerce pre online predaj.
 * Používa platformy a softvér e-commerce na racionalizáciu operácií a zlepšenie efektivity.
 * Poskytuje pravidelné výkaznice o performance metrikách a navrhuje vylepšenia.
 * Pomáha s vývojom a udržiavaním používateľského rozhrania online obchodu na optimálnu angažovanosť zákazníka.</t>
   </si>
   <si>
-    <t>Product Marketing Manager</t>
+    <t>Product Manager</t>
   </si>
   <si>
     <t>Produktový manažér</t>
   </si>
   <si>
     <t>* Creating business solutions, processes and business models.
 * Processing technical and price proposals.
 * Designing and implementing measures for development.
 * Promoting the sale of products with respect to technical and procedural aspects and relations with suppliers.
 * Managing the relative technical and commercial documentation.
 * Analysing market conditions, processing the results of market analysis, providing regular reports on the results and their presentation.
 * Cooperating with business and technical section of the company.
 * Representing the company in meetings with business partners and other entities.</t>
   </si>
   <si>
     <t>* Tvorenie obchodných riešení, procesov a obchodných modelov.
 * Spracovanie technických a cenových ponúk.
 * Navrhovanie a realizovanie rozvojových opatrení.
 * Podporovanie predaja produktov s ohľadom na technickú a procesnú stránku a vzťahy s dodávateľom.
 * Vedenie príslušnej technickej a obchodnej dokumentácie.
 * Analyzovanie trhových podmienok, spracovanie výsledkov rozboru trhu, poskytovanie pravidelných prehľadov o výsledkoch a ich prezentovanie.
 * Spolupracovanie s obchodným a technickým úsekom spoločnosti
 * Reprezentovanie spoločnosti na rokovaniach s obchodnými partnermi a ďalšími subjektami.</t>
   </si>
   <si>
@@ -3082,50 +3168,80 @@
 * Úprava povrchov so sadrokartónom alebo lisovaných dosiek.</t>
   </si>
   <si>
     <t>Estate Agent</t>
   </si>
   <si>
     <t>Realitný maklér</t>
   </si>
   <si>
     <t>* Arranging for the purchase, sale and rental of real estate.
 * Searching for properties matching the requirements of the client.
 * Publication of advertisements in the media.
 * Conducting sightings of properties, preparing photographic documentation of the interior and exterior.
 * Presentation of selected properties to the clients.
 * Preparing administrative documents for the closure of the business case.
 * Managing and updating real estate portfolio and client database.</t>
   </si>
   <si>
     <t>* Sprostredkovanie kúpy, predaja a prenájmu nehnuteľností.
 * Vyhľadávanie vyhovujúcich nehnuteľností podľa požiadaviek klientov.
 * Zverejňovanie inzerátov v masovokomunikačných prostriedkoch.
 * Vykonávanie obhliadok nehnuteľností, fotodokumentovanie interiéru a exteriéru.
 * Prezentovanie vybraných nehnuteľností klientom.
 * Pripravovanie administratívnych podkladov pre uzatvorenie obchodného prípadu.
 * Spravovanie a aktualizovanie portfólia nehnuteľností a databázy klientov.</t>
+  </si>
+  <si>
+    <t>Finishing works in constructions</t>
+  </si>
+  <si>
+    <t>Pracovník dokončovacích stavebných prác</t>
+  </si>
+  <si>
+    <t>* Executing finishing works in construction projects, ensuring high-quality standards and attention to detail.
+* Installing various materials such as drywall, plaster, paint, and flooring to complete interior and exterior surfaces.
+* Collaborating with architects, contractors, and other construction professionals to meet project specifications and timelines.
+* Conducting inspections of completed work to ensure compliance with safety regulations and building codes.
+* Preparing surfaces for finishing by cleaning, sanding, and applying necessary treatments.
+* Utilizing a variety of tools and equipment, including hand tools and power tools, to perform tasks efficiently and safely.
+* Maintaining a clean and organized work environment to promote safety and productivity.
+* Troubleshooting and resolving issues that arise during the finishing process.
+* Keeping accurate records of work performed and materials used for project tracking and reporting.
+* Adhering to project schedules and communicating effectively with team members to ensure timely completion of tasks.</t>
+  </si>
+  <si>
+    <t>* Vykonávanie dokončovacích prác v stavebných projektoch, zabezpečenie vysokej kvality a pozornosti v detaile.
+* Montáž rôznych materiálov, ako sú suché omietky, sadrokartón, farby a podlahy na dokončenie vnútorných a vonkajších povrchov.
+* Spolupráca s architektmi, dodávateľmi a inými stavebnými profesionálmi na splnenie projektových špecifikácií a časových rámcov.
+* Vykonávanie inšpekcií dokončených prác na zabezpečenie dodržania bezpečnostných predpisov a stavebných noriem.
+* Príprava povrchov na dokončenie čistením, brúsením a aplikáciou potrebných ošetrení.
+* Používanie rôznych nástrojov a zariadení, vrátane ručných nástrojov a elektrických nástrojov, na vykonávanie úloh efektívne a bezpečne.
+* Udržiavanie čistého a organizovaného pracovného prostredia na podporu bezpečnosti a produktivity.
+* Odstraňovanie problémov a riešenie problémov, ktoré vzniknú počas dokončovacieho procesu.
+* Vedenie presných záznamov o vykonaných prácach a použitých materiáloch pre sledovanie a riadenie projektov.
+* Dodržovanie projektových harmonogramov a efektívna komunikácia s členmi tímu na zabezpečenie včasného dokončenia úloh.</t>
   </si>
   <si>
     <t>Fitter/Assembler</t>
   </si>
   <si>
     <t>Montážnik/montér</t>
   </si>
   <si>
     <t>* Dismantling original window and door panels, sills, garage doors, shading systems, plaster boards, formwork, etc.
 * Mounting and securing window and door panels, sills, garage doors, shading systems, plaster boards, formwork, etc.
 * Providing repairs, warranties, and after-sales service.</t>
   </si>
   <si>
     <t>* Demontovanie pôvodných okenných a dverových výplní, parapet, garážových brán, tieniacich systémov, sadrokartónu, debnenia a pod. u zákazníka.
 * Montovanie a osádzanie okenných a dverových výplní, parapet, garážových brán, tieniacich systémov, sadrokartónu, debnenia a pod.
 * Zabezpečovanie opráv, záručného a pozáručného servisu.</t>
   </si>
   <si>
     <t>Floor Layer, Paver</t>
   </si>
   <si>
     <t>Podlahár, dláždič</t>
   </si>
   <si>
     <t>* Assessing the degree of unevenness of floors with a spirit level.
@@ -3837,51 +3953,51 @@
 * Príprava a analýza finančných výkazov, rozpočtov a predpovedí.
 * Podpora mesačných a ročných uzávieracích procesov.
 * Zabezpečenie dodržania finančných predpisov a interných kontrol.
 * Výkon analýzy odchýlok a identifikácia trendov vo finančných výkonnostiach.
 * Spolupráca s rôznymi oddeleniami na zber finančných dát a poznatkov.
 * Pomôcka pri príprave finančných správ pre riaditeľstvo a zainteresované strany.
 * Vedenie presných finančných záznamov a dokumentácie.
 * Účasť na auditoch a zabezpečenie včasnej odpovede na auditné požiadavky.
 * Podpora zavádzania finančných politík a postupov.
 * Pomôcka pri riadení peňažných tokov a sledovaní finančných transakcií.
 * Poskytovanie administratívnej podpory tímu financií podľa potreby.
 * Prispievanie k iniciatívam na zlepšenie procesov v rámci finančného oddelenia.
 * Záujem o profesionálny rozvoj s cieľom zostať informovaný o trendoch a predpisoch v danej oblasti.</t>
   </si>
   <si>
     <t>Assistant of Auditor</t>
   </si>
   <si>
     <t>Asistent audítora</t>
   </si>
   <si>
     <t>* Performing economic activities (with the exception of signing a written report on the results of provided audit services) under the direction of a certified auditor.
 * Checking financial statements of customers.
 * Managing audit documentation.
 * Managing the auditor’s assistant labour book.
-* Providing co-operation to the Slovak Chamber of Auditors in case of a quality audit concerning the performance of auditing services.</t>
+* Providing co-operation to the Chamber of Auditors in case of a quality audit concerning the performance of auditing services.</t>
   </si>
   <si>
     <t>* Vykonávanie ekonomických činností (s výnimkou podpisovania písomnej správy o výsledkoch poskytnutých audítorských služieb) pod vedením certifikovaného audítora.
 * Overovanie účtovných závierok u klientov.
 * Vedenie audítorskej dokumentácie.
 * Vedenie pracovnej knižky asistenta audítora.
 * Poskytovanie súčinnosti Slovenskej komore audítorov v prípade kontroly kvality vykonávania audítorských služieb.</t>
   </si>
   <si>
     <t>Assistant to a Tax Advisor</t>
   </si>
   <si>
     <t>Asistent daňového poradcu</t>
   </si>
   <si>
     <t>* Performing economic activities under the guidance of a certified tax consultant.
 * Preparing tax opinions in the Slovak and/or a foreign language.
 * Calculating the income tax of natural and legal persons.
 * Preparing tax returns for the income tax of natural and legal persons, VAT, property tax, car tax and excise duty.
 * Registering taxpayers at the relevant tax authorities.
 * Communicating with the clients of the company and representatives of the tax administration.</t>
   </si>
   <si>
     <t>* Vykonávanie ekonomických činností pod vedením certifikovaného daňového poradcu.
 * Pripravovanie daňových stanovísk v slovenskom a/alebo cudzom jazyku.
@@ -5933,50 +6049,71 @@
   <si>
     <t>ABAP Programmer</t>
   </si>
   <si>
     <t>ABAP programátor</t>
   </si>
   <si>
     <t>* Developing complex computer applications and/or separate modules in the ABAP programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Vyvíjanie komplexných počítačových aplikácií a/alebo samostatných modulov v programovacom jazyku ABAP.
 * Analyzovanie požiadaviek klientov, posudzovanie možných rizík a s tým spojených technických problémov.
 * Podieľanie sa na vytváraní technických špecifikácií.
 * Odovzdávanie vykonanej práce klientom/testerom na otestovanie.
 * Zisťovanie a opravovanie funkčných a bezpečnostných chýb v zdrojovom kóde.
 * Odovzdávanie hotových softvérových aplikácií klientom, projektovému manažérovi a pod.
 * Poskytovanie technickej podpory klientom.</t>
   </si>
   <si>
+    <t>Agile Coach</t>
+  </si>
+  <si>
+    <t>Implementing agile principles within teams and the organization.
+Coaching Scrum Masters, Product Owners, and development teams.
+Facilitating retrospectives, workshops, and agile ceremonies.
+Assessing team maturity and proposing improvements.
+Removing obstacles that hinder agile ways of working.
+Educating teams on agile frameworks (Scrum, Kanban, SAFe).
+Supporting a culture of continuous improvement.</t>
+  </si>
+  <si>
+    <t>Zavádzanie agilných princípov v tímoch a organizácii.
+Koučovanie Scrum Masterov, Product Ownerov a vývojových tímov.
+Facilitovanie retrospektív, workshopov a agilných ceremónií.
+Hodnotenie zrelosti tímu a navrhovanie zlepšení.
+Odstraňovanie prekážok brániacich agilnému fungovaniu.
+Vzdelávanie tímov v agilných frameworkoch (Scrum, Kanban, SAFe).
+Podporovanie kultúry neustáleho zlepšovania.</t>
+  </si>
+  <si>
     <t>AI Engineer</t>
   </si>
   <si>
     <t>AI inžinier</t>
   </si>
   <si>
     <t>* Design, development and implementation of artificial intelligence and machine learning models.
 * Data processing and analysis, including dataset preparation, cleaning and annotation.
 * Development of algorithms for prediction, classification, image/speech recognition or natural language processing (NLP).
 * Integration of AI solutions into existing products, systems or cloud infrastructure.
 * Optimization of models in terms of performance, accuracy and computational resource requirements.
 * Collaboration with data analysts, software developers and business teams in defining requirements and goals.
 * Monitoring AI/ML trends and innovations and applying them in practice.
 * Documentation of procedures, solutions and experiment results.</t>
   </si>
   <si>
     <t>* Návrh, vývoj a implementácia modelov umelej inteligencie a strojového učenia.
 * Spracovanie a analýza dát vrátane prípravy datasetov, čistenia a anotácie dát.
 * Vývoj algoritmov pre predikciu, klasifikáciu, rozpoznávanie obrazu/reči alebo spracovanie prirodzeného jazyka (NLP).
 * Integrácia AI riešení do existujúcich produktov, systémov alebo cloud infraštruktúry.
 * Optimalizácia modelov z hľadiska výkonu, presnosti a náročnosti na výpočtové zdroje.
 * Spolupráca s dátovými analytikmi, vývojármi softvéru a biznis tímami pri definovaní požiadaviek a cieľov.
 * Monitorovanie trendov a noviniek v oblasti AI/ML a ich aplikácia do praxe.
 * Dokumentácia postupov, riešení a výsledkov experimentov.</t>
   </si>
@@ -6893,50 +7030,74 @@
   <si>
     <t>Objective-C Programmer</t>
   </si>
   <si>
     <t>Objective-C programátor</t>
   </si>
   <si>
     <t>* Developing mobile applications for the iOS platform and for devices with the iOS operating system (iPhone, iPad etc.).
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Vyvíjanie mobilných aplikácií pre platformu iOS a pre zariadenia s iOS operačným systémom (iPhone, iPad a pod.).
 * Analyzovanie požiadaviek klientov, posudzovanie možných rizík a s tým spojených technických problémov.
 * Podieľanie sa na vytváraní technických špecifikácií.
 * Odovzdávanie vykonanej práce klientom/testerom na otestovanie.
 * Zisťovanie a opravovanie funkčných a bezpečnostných chýb v zdrojovom kóde.
 * Odovzdávanie hotových softvérových aplikácií klientom, projektovému manažérovi a pod.
 * Poskytovanie technickej podpory klientom.</t>
   </si>
   <si>
+    <t>Online Casino Technician</t>
+  </si>
+  <si>
+    <t>Technik online casina</t>
+  </si>
+  <si>
+    <t>Managing and monitoring online gaming systems.
+Resolving incidents related to gaming software.
+Deploying updates and game configurations.
+Testing the functionality of game modules.
+Communicating with developers and game providers.
+Ensuring operational stability and performance.
+Documenting technical interventions.</t>
+  </si>
+  <si>
+    <t>Spravovanie a monitorovanie online herných systémov.
+Riešenie incidentov súvisiacich s herným softvérom.
+Nasadzovanie aktualizácií a konfigurácií hier.
+Testovanie funkčnosti herných modulov.
+Komunikovanie s vývojármi a poskytovateľmi hier.
+Zabezpečovanie prevádzkovej stability a výkonnosti.
+Dokumentovanie technických zásahov.</t>
+  </si>
+  <si>
     <t>Oracle Programmer</t>
   </si>
   <si>
     <t>Oracle programátor</t>
   </si>
   <si>
     <t>* Developing computer applications and connecting them with the Oracle database system.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Vyvíjanie počítačových aplikácií a ich prepájanie s databázovým systémom Oracle.
 * Analyzovanie požiadaviek klientov, posudzovanie možných rizík a s tým spojených technických problémov.
 * Podieľanie sa na vytváraní technických špecifikácií.
 * Odovzdávanie vykonanej práce klientom/testerom na otestovanie.
 * Zisťovanie a opravovanie funkčných a bezpečnostných chýb.
 * Odovzdávanie hotových softvérových aplikácií klientom, projektovému manažérovi a pod.
 * Poskytovanie technickej podpory klientom.</t>
   </si>
   <si>
     <t>Perl Programmer</t>
@@ -7056,78 +7217,126 @@
   <si>
     <t>* Developing and maintaining statistical software and tools using R programming language.
 * Analyzing complex datasets to extract meaningful insights and drive data-informed decision-making.
 * Collaborating with cross-functional teams to understand data requirements and deliver actionable solutions.
 * Creating data visualizations and reports to communicate findings effectively to stakeholders.
 * Writing clean, efficient, and well-documented code to ensure maintainability and scalability of projects.
 * Conducting data cleaning and preprocessing to ensure data quality and reliability.
 * Participating in code reviews and contributing to best practices in software development.
 * Staying updated with the latest advancements in R programming and data science methodologies.
 * Troubleshooting and debugging existing R applications to enhance functionality and performance.
 * Providing training and support to team members and stakeholders on R tools and techniques.</t>
   </si>
   <si>
     <t>* Vývoj a údržba štatistického softvéru a nástrojov pomocou programovacieho jazyka R.
 * Analýza komplexných dátových sád na extrahovanie významných poznatkov a podporovanie rozhodovania na základe dát.
 * Spolupráca s medzifunkčnými tímami na pochopenie požiadaviek na dáta a dodávanie akčných riešení.
 * Vytváranie dátových vizualizácií a správ na efektívnu komunikáciu výsledkov súčastníkom.
 * Písanie čistého, efektívneho a dobre dokumentovaného kódu na zaistenie udržovatelnosti a škálovateľnosti projektov.
 * Vykonávanie čistiacich a predspracúvacích úloh v oblasti dát na zaistenie kvality a spoľahlivosti dát.
 * Účasť na recenziách kódu a prispevovanie k najlepším praktikám v oblasti softvérového vývoja.
 * Aktualizácia o najnovších pokrokoch v programovaní v jazyku R a metodikách v oblasti dátových vied.
 * Odstraňovanie problémov a samostatné ladenie existujúcich aplikácií v jazyku R na zlepšenie funkcie a výkonnosti.
 * Poskytovanie školení a podpory členom tímu a zúčastneným osobám v oblasti nástrojov a techník jazyka R.</t>
   </si>
   <si>
+    <t>RPA engineer</t>
+  </si>
+  <si>
+    <t>RPA inžinier</t>
+  </si>
+  <si>
+    <t>Automating processes using RPA tools (UiPath, BluePrism, Automation Anywhere).
+Modeling process flows and analyzing steps suitable for automation.
+Developing, testing, and deploying robotic scripts.
+Ensuring proper operation of RPA robots in production.
+Optimizing existing automations and resolving incidents.
+Documenting solutions and process procedures.
+Collaborating with process analysts, IT, and business departments.</t>
+  </si>
+  <si>
+    <t>Automatizovanie procesov pomocou RPA nástrojov (UiPath, BluePrism, Automation Anywhere).
+Modelovanie procesných tokov a analýza krokov vhodných na automatizáciu.
+Vytváranie, testovanie a nasadzovanie robotických skriptov.
+Zabezpečovanie správneho fungovania RPA robotov v produkcii.
+Optimalizovanie existujúcich automatizácií a riešenie incidentov.
+Dokumentovanie riešení a procesných postupov.
+Spolupracovanie s procesnými analytikmi, IT a biznis oddeleniami.</t>
+  </si>
+  <si>
     <t>Ruby Developer/Programmer</t>
   </si>
   <si>
     <t>Ruby programátor</t>
   </si>
   <si>
     <t>* Collaborating with cross-functional teams to define, design, and ship new features in Ruby applications.
 * Writing clean, maintainable, and efficient code while following best practices and development standards.
 * Debugging and resolving issues in existing applications to ensure optimal performance and user experience.
 * Participating in code reviews to provide constructive feedback and improve team productivity.
 * Staying updated with emerging technologies and industry trends to enhance development processes.
 * Developing and maintaining documentation for code, processes, and applications.
 * Integrating user-facing elements with server-side logic to create seamless applications.
 * Ensuring the security and scalability of applications through rigorous testing and optimization.
 * Contributing to the continuous improvement of the development process and team collaboration.
 * Mentoring junior developers and sharing knowledge to foster a culture of learning within the team.</t>
   </si>
   <si>
     <t>* Spolupráca s funkčnými týmito na definovanie, navrhnutie a uvedenie nových služieb v Ruby aplikáciách.
 * Písanie čistého, zdržateľného a efektívneho kódu s dodržaním najlepších postupov a vývojových štandardov.
 * Odstraňovanie a riešenie problémov v existujúcich aplikáciách za účelom optimalizácie výkonu a používateľského prostredia.
 * Účasť na preskúmaniach kódu s cieľom poskytnúť konštruktívnu spätnú väzbu a zlepšiť produktivitu tímu.
 * Aktualizácia vedomostí o najnovších technológiách a trendoch v odvetví za účelom zlepšenia vývojových procesov.
 * Vyvíjanie a udržovanie dokumentácie pre kód, procesy a aplikácie.
 * Integrácia používateľského rozhrania s logikou na strane servera za účelom vytvorenia bezproblémových aplikácií.
 * Zabezpečenie bezpečnosti a škálovateľnosti aplikácií vďaka náročným testovacím a optimalizačným procesom.
 * Prispievanie k neustálej inovácií vývojového procesu a tímovej spolupráce.
 * Mentorstvo juniorských vývojárov a zdieľanie vedomostí s cieľom vytvárať kultúru učenia v rámci tímu.</t>
+  </si>
+  <si>
+    <t>SAP consultant</t>
+  </si>
+  <si>
+    <t>SAP konzultant</t>
+  </si>
+  <si>
+    <t>Analyzing business processes and designing solutions within SAP modules.
+Configuring the SAP system according to client requirements.
+Testing, documenting, and supporting deployment activities.
+Training users and providing expert support.
+Collaborating on data migration and integrations with other systems.
+Resolving incidents and optimizing SAP configurations.
+Supporting the development of SAP architecture and processes.</t>
+  </si>
+  <si>
+    <t>Analyzovanie biznis procesov a návrh riešení v SAP moduloch.
+Konfigurovanie SAP systému podľa požiadaviek klienta.
+Testovanie, dokumentovanie a podpora pri nasadení.
+Školenie používateľov a poskytovanie odbornej podpory.
+Spolupracovanie na migrácii dát a integráciách s inými systémami.
+Riešenie incidentov a optimalizovanie SAP nastavení.
+Podporovanie rozvoja SAP architektúry a procesov.</t>
   </si>
   <si>
     <t>SAP specialist</t>
   </si>
   <si>
     <t>SAP špecialista</t>
   </si>
   <si>
     <t>* Provide adequate user support, receive and resolve bug reports and problems.
 * Monitor the system and take measures to ensure trouble-free operation.
 * Manage assigned modules according to agreed internal standards.
 * Communicate with other departments to provide appropriate support for SAP users.
 * Contribute to the development of operational methodologies and development plans.
 * Take over new innovations as well as professional decommissioning of obsolete information systems.</t>
   </si>
   <si>
     <t>* Zabezpečiť dostatočnú podporu užívateľom, prijímať a riešiť hlásenia chýb a problémy.
 * Monitorovať systém a prijímať opatrenia na zabezpečenie bezporuchovej prevádzky.
 * Spravovať pridelené moduly podľa dohodnutých interných štandardov.
 * Komunikovať s ostatnými útvarmi na zabezpečovať príslušnú podporu pre užívateľov SAP.
 * Prispievať k rozvoju prevádzkovej metodiky a rozvojových plánov.
 * Preberať nové inovácie ako aj odborné vyradenia zastaraných informačných systémov.</t>
   </si>
   <si>
     <t>Scrum Master</t>
@@ -7215,50 +7424,105 @@
 * Kooperácia s IT špecialistami a programátormi pri návrhoch možných riešení. 
 * Školenie obsluhovania nového informačného softvéru. 
 * Vytváranie kvalitného zákazníckeho servisu a technickej podpory.</t>
   </si>
   <si>
     <t>Software Engineer</t>
   </si>
   <si>
     <t>Softvérový inžinier</t>
   </si>
   <si>
     <t>* Using computer and mathematical knowledge in designing, developing, and testing software.
 * Analysing customer requirements and proposing technical solutions.
 * Creating and maintaining technical documentation.
 * Developing software according to customer requirements.
 * Testing software and repairing errors.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Využívanie počítačových a matematických poznatkov pri navrhovaní, vyvíjaní a testovaní softvéru.
 * Analyzovanie požiadaviek klientov, navrhovanie technických riešení.
 * Vytváranie a udržiavanie technickej dokumentácie.
 * Vyvíjanie softvéru podľa požiadaviek klientov.
 * Testovanie softvéru, opravovanie vzniknutých chýb.
 * Poskytovanie technickej podpory klientom.</t>
+  </si>
+  <si>
+    <t>Solution architect</t>
+  </si>
+  <si>
+    <t>Solution architekt</t>
+  </si>
+  <si>
+    <t>Analyzing business requirements and translating them into technical solution designs.
+Designing system architectures, integrations, data flows, and technical components.
+Preparing architectural documentation, models, and diagrams.
+Selecting technologies and defining technical standards and best practices.
+Collaborating with developers, testers, business analysts, and the infrastructure team during implementation.
+Consulting design proposals with stakeholders and presenting architecture to both technical and non-technical audiences.
+Overseeing solution implementation and performing technical reviews.
+Addressing security, performance, scalability, and availability considerations.
+Designing integration interfaces (APIs) and system interconnection logic.
+Ensuring solution alignment with enterprise architecture and IT strategy.
+Supporting roadmap planning and effort estimation.</t>
+  </si>
+  <si>
+    <t>Analyzovanie biznis požiadaviek a ich preklad do technického návrhu riešení.
+Navrhovanie architektúry systémov, integrácií, dátových tokov a technických komponentov.
+Pripravovanie architektonickej dokumentácie, modelov a diagramov.
+Vyberanie technológií a určovanie technických štandardov a best practices.
+Spolupracovanie s vývojármi, testermi, biznis analytikmi a infra tímom počas implementácie.
+Konzultovanie návrhov so stakeholdermi a prezentovanie architektúry technickému aj netechnickému publiku.
+Dohliadanie na implementáciu riešenia a vykonávanie technických revízií.
+Riešenie otázok bezpečnosti, výkonu, škálovateľnosti a dostupnosti.
+Navrhovanie integračných rozhraní (API) a logiky prepájania systémov.
+Zabezpečovanie súladu riešenia s enterprise architektúrou a IT stratégiou.
+Podporovanie plánovania roadmapy a tvorby odhadov náročnosti.</t>
+  </si>
+  <si>
+    <t>SRE – Site Reliability Engineer</t>
+  </si>
+  <si>
+    <t>Monitoring system availability and performance.
+Incident response — resolving outages and restoring services quickly.
+Automating operational tasks and deployments.
+Capacity planning and infrastructure scaling.
+Building and maintaining monitoring, alerting, and metrics.
+Collaborating with developers to improve application reliability.
+Post‑incident analysis and implementation of preventive measures.
+Ensuring system security and compliance with standards.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Monitoring dostupnosti a výkonu systémov. 
+Incident response – riešenie výpadkov a rýchle obnovenie služieb. 
+Automatizácia prevádzkových úloh a nasadzovania. 
+Kapacitné plánovanie a škálovanie infraštruktúry. 
+Tvorba a údržba monitoringu, alertingu a metrík. 
+Spolupráca s vývojármi na zlepšení spoľahlivosti aplikácií. 
+Post‑incident analýzy a zavádzanie preventívnych opatrení. 
+Zabezpečenie systémov a dodržiavanie štandardov. </t>
   </si>
   <si>
     <t>Systems Administrator</t>
   </si>
   <si>
     <t>Systémový administrátor</t>
   </si>
   <si>
     <t>* Installation and administration of computer servers and workstations.
 * Installing, reinstalling and updating licensed software; keeping records on purchased licences.
 * Performing regular system and software audits.
 * Analysing system logs and identifying possible irregularities.
 * Optimising the system operation and performance.
 * Managing the rights of access to the computer network with an emphasis on safeguarding of sensitive data from unauthorised access.
 * Responsibility for the controlled access to the Internet and securing of incoming and outgoing data.
 * Carrying out regular back-ups of electronic data.
 * Providing methodological support to employees regarding the software and hardware equipment usage.
 * Solving technical problems.</t>
   </si>
   <si>
     <t>* Inštalovanie a spravovanie počítačových serverov a pracovných staníc.
 * Inštalovanie, reinštalovanie a aktualizovanie licencovaného softvéru; vedenie evidencie o zakúpených licenciách.
 * Vykonávanie pravidelných systémových a softvérových auditov.
 * Analyzovanie systémových protokolov, identifikovanie prípadných nezrovnalostí.
 * Optimalizovanie chodu a výkonnosti systému.
@@ -8266,50 +8530,80 @@
 * Informovanosť o aktuálnych udalostiach a trendoch v rôznych oblastiach za účelom identifikácie potenciálnych príbehov.
 * Zachovávanie etických štandardov a smerníc v žurnalistike za účelom udržiavania dôvery verejnosti.
 * Účasť na kontinuálnom školení a profesionálnom rozvoji za účelom zlepšenia spravodajských schopností.</t>
   </si>
   <si>
     <t>Senior Graphic Designer</t>
   </si>
   <si>
     <t>Senior grafik</t>
   </si>
   <si>
     <t>* Self-reliant production of a wide range of creative graphic concepts without detailed assignments from clients.
 * Incorporating clients’ comments into graphic designs.
 * Transferring drawings from paper to electronic form using a scanner.
 * Setting the final style and colours of drawings in a graphics program.
 * Exporting graphic designs in the desired format.</t>
   </si>
   <si>
     <t>* Samostatné vytváranie širokej škály kreatívnych grafických konceptov bez znalosti podrobného zadania zo strany klientov.
 * Zapracovávanie pripomienok klientov do grafických návrhov.
 * Prevádzanie kresieb z papierovej do elektronickej podoby pomocou skenera.
 * Stanovovanie konečného štýlu a farebnosti kresieb v grafickom programe.
 * Exportovanie grafických návrhov do požadovaného formátu.</t>
   </si>
   <si>
+    <t>TV Host and Announcer</t>
+  </si>
+  <si>
+    <t>Televízny moderátor a hlásateľ</t>
+  </si>
+  <si>
+    <t>* Presenting and announcing various segments within electronic media, including radio and television programs.
+* Introducing daily programming, including shows, musical performances, and guest appearances.
+* Reading news articles and other texts in spoken format, ensuring clear and engaging delivery.
+* Conducting interviews with guests and experts to provide insightful commentary and discussion.
+* Engaging with the audience through interactive segments and social media platforms.
+* Collaborating with production teams to develop content and improve program quality.
+* Preparing for broadcasts by researching topics and gathering relevant information.
+* Delivering promotional messages and advertisements in a professional manner.
+* Adapting to live broadcasting situations with poise and professionalism.
+* Upholding the standards of journalistic integrity and accuracy in all communications.</t>
+  </si>
+  <si>
+    <t>* Prezentovanie a oznamovanie rozličných segmentov v rámci elektronických médií, vrátane rozhlasových a televíznych programov.
+* Úvod do denného programu, vrátane šou, hudobných vystúpení a hosťujúcich vystúpení.
+* Čítanie novinových článkov a iných textov v hovorených formátoch, zaistenie jasného a zaujímavého prenesenia.
+* Vedenie rozhovorov s hosťami a expertmi za účelom poskytnutia stručných komentárov a diskusií.
+* Interakcia s publikom prostredníctvom interaktívnych segmentov a sociálnych médií.
+* Spolupráca s produkčnými tímami na vývoji obsahu a zlepšeniu kvality programu.
+* Príprava na vysielanie prostredníctvom výskumu tém a zhromažďovania relevantných informácií.
+* Prezentovanie propagačných správ a reklám profesionálnym spôsobom.
+* Prispôsobenie sa živému vysielaniu s pokojom a profesionalitou.
+* Zachovanie štandardov novinárskych zásad a presnosti vo všetkých komunikáciách.</t>
+  </si>
+  <si>
     <t>TV/Film Production Assistant</t>
   </si>
   <si>
     <t>Asistent televíznej/filmovej produkcie</t>
   </si>
   <si>
     <t>* Assisting in the preparation and organization of film and television productions.
 * Coordinating schedules and logistics for cast and crew members.
 * Supporting the production team in various tasks including set preparation and equipment setup.
 * Managing communication between departments to ensure smooth operation during filming.
 * Assisting with the handling of production paperwork, including contracts and release forms.
 * Contributing to the maintenance of production budgets and tracking expenses.
 * Helping to organize and facilitate auditions and casting calls.
 * Assisting in the post-production process, including editing and reviewing footage.
 * Coordinating travel arrangements and accommodations for cast and crew.
 * Engaging in problem-solving and providing support during on-set challenges.
 * Maintaining a positive and professional atmosphere on set.
 * Performing other duties as assigned by the production team.</t>
   </si>
   <si>
     <t>* Pomoc při príprave a organizácii filmových a televíznych produkcii.
 * Koordinácia harmonogramov a logistiky pre členov hereckého obsadenia a realizačného tímu.
 * Podpora produkčného tímu pri rôznych úlohách, vrátane prípravy dekorácií a nastavovania vybavenia.
 * Riadenie komunikácie medzi oddeleniami s cieľom zabezpečiť hladký chod počas nakrúcania.
 * Pomoc pri vybavovaní produkčnej administratívy, vrátane zmlúv a formulárov uvoľnenia materiálov.
@@ -8558,50 +8852,74 @@
 * Zodpovedanie za výpovednú hodnotu a kreatívne odkomunikovanie reklamnej kampane.</t>
   </si>
   <si>
     <t>Auto Repair Shop Manager</t>
   </si>
   <si>
     <t>Vedúci autoservisu</t>
   </si>
   <si>
     <t>* Planning the receipt and organising of the repair processes with respect to the efficient use of personnel, means of production and material.
 * Managing, coordinating and motivating employees.
 * Assigning tasks to employees and monitoring their fulfilment.
 * Recording and evaluating the time worked and workers' performance.
 * Assisting in diagnosing the complex defects and determining the repair procedures.
 * Handling complaints and claims from customers.</t>
   </si>
   <si>
     <t>* Plánovanie prijímania a organizovanie procesov opráv s ohľadom na efektívne využívanie pracovníkov, výrobných prostriedkov a materiálu.
 * Riadenie, koordinovanie a motivovanie pracovníkov.
 * Zadávanie úloh pracovníkom a sledovanie ich plnenia.
 * Evidovanie a vyhodnocovanie odpracovaného času a výkonu pracovníkov.
 * Napomáhanie pri diagnostikovaní zložitejších závad, určovanie postupov opráv.
 * Riešenie sťažností a reklamácií zákazníkov.</t>
   </si>
   <si>
+    <t>Betting Sector Manager</t>
+  </si>
+  <si>
+    <t>Manažér pre stávkové produkty</t>
+  </si>
+  <si>
+    <t>Managing the portfolio of sports and odds‑based betting products.
+Collaborating with trading, risk management, and marketing teams.
+Optimizing the offer and monitoring market performance.
+Creating promotional campaigns and player engagement activities.
+Ensuring regulatory and compliance adherence.
+Proposing product innovations.
+Monitoring competitors and industry trends.</t>
+  </si>
+  <si>
+    <t>Riadenie portfólia športových a kurzových stávok.
+Spolupráca s tradingom, risk manažmentom a marketingom.
+Optimalizovanie ponuky a sledovanie výkonu trhu.
+Tvorba promo kampaní a hráčskych aktivít.
+Kontrolovanie legislatívneho súladu.
+Navrhovanie produktových inovácií.
+Monitorovanie konkurencie a trendov.</t>
+  </si>
+  <si>
     <t>Brand Manager</t>
   </si>
   <si>
     <t>Brand manager</t>
   </si>
   <si>
     <t>* Responsibility for the management of assigned brands.
 * Monitoring the market, consumer preferences and competitive activities.
 * Designing and implementing the brand marketing strategy.
 * Planning the marketing budget, controlling its spending and responsibility for its effective use.
 * Building a brand´s position in the market in accordance with the marketing strategy.
 * Managing and supervising advertising campaigns.
 * Communicating with partners and external suppliers.
 * Cooperating with other departments in the company.</t>
   </si>
   <si>
     <t>* Zodpovedanie za spravovanie pridelených obchodných značiek.
 * Monitorovanie trhu, spotrebiteľských preferencií a konkurenčných aktivít.
 * Navrhovanie a realizovanie marketingovej stratégie značky.
 * Plánovanie marketingového rozpočtu, kontrolovanie jeho čerpania a zodpovedanie za jeho efektívne využitie.
 * Budovanie postavenia značky na trhu v súlade s marketingovou stratégiou.
 * Riadenie a vykonávanie dohľadu nad reklamnými kampaňami.
 * Komunikovanie s partnermi a externými dodávateľmi.
 * Spolupracovanie s ostatnými oddeleniami v rámci spoločnosti.</t>
   </si>
@@ -8874,50 +9192,98 @@
   <si>
     <t>Finance Manager</t>
   </si>
   <si>
     <t>Finančný manažér</t>
   </si>
   <si>
     <t>* Managing, coordinating, motivating, and assessing subordinate employees.
 * Ensuring strategic financial planning.
 * Preparing and processing of financial statements of the company.
 * Analysing the financial situation of the company.
 * Planning, managing, and monitoring of cash flow.
 * Communicating with financial institutions and external partners of the company.
 * Reporting results to the members of senior management.</t>
   </si>
   <si>
     <t>* Riadenie, koordinovanie, motivovanie a hodnotenie podriadených pracovníkov.
 * Zabezpečovanie strategického finančného plánovania.
 * Pripravovanie a spracovávanie finančných výkazov spoločnosti.
 * Analyzovanie finančnej situácie spoločnosti.
 * Plánovanie, riadenie a sledovanie cash flow.
 * Komunikovanie s finančnými inštitúciami a externými partnermi spoločnosti.
 * Reportovanie výsledkov členom vrcholového managementu.</t>
   </si>
   <si>
+    <t>Gaming Club Manager</t>
+  </si>
+  <si>
+    <t>Manažér herne</t>
+  </si>
+  <si>
+    <t>Managing gaming venue operations and supervising staff.
+Ensuring compliance with rules and legislation.
+Maintaining customer satisfaction.
+Optimizing performance of gaming devices.
+Handling incidents and risk situations.
+Organizing staff schedules and training.
+Overseeing financial and security aspects of the venue.</t>
+  </si>
+  <si>
+    <t>Riadenie prevádzky herne a dohľad nad personálom.
+Kontrolovanie dodržiavania pravidiel a legislatívy.
+Zabezpečovanie spokojnosti zákazníkov.
+Optimalizovanie výkonu herných zariadení.
+Riešenie incidentov a rizikových situácií.
+Organizovanie zmien a školení.
+Dohľad nad finančnou a bezpečnostnou stránkou prevádzky.</t>
+  </si>
+  <si>
+    <t>Gaming Machines Manager</t>
+  </si>
+  <si>
+    <t>Manažér herných zariadení</t>
+  </si>
+  <si>
+    <t>Managing the operation of gaming machines and technical equipment.
+Planning placement, performance, and rotation of machines.
+Communicating with technicians, suppliers, and venue operators.
+Monitoring revenues and device performance.
+Ensuring compliance with legislation.
+Overseeing maintenance and service interventions.
+Optimizing the game portfolio.</t>
+  </si>
+  <si>
+    <t>Riadenie prevádzky herných automatov a technických zariadení.
+Plánovanie umiestnenia, výkonu a rotácie automatov.
+Komunikovanie s technikmi, dodávateľmi a prevádzkami.
+Monitorovanie tržieb a výsledkov zariadení.
+Zabezpečovanie súladu s legislatívou.
+Kontrolovanie servisných zásahov a údržby.
+Optimalizovanie ponuky hier.</t>
+  </si>
+  <si>
     <t>Head of Borough Council Department</t>
   </si>
   <si>
     <t>Vedúci oddelenia mestského úradu</t>
   </si>
   <si>
     <t xml:space="preserve">* management activities of the department
 * methodological guidelines and coordinating the jobs of the managed department
 * complex control over the jobs in the department
 * cooperation with the heads of other departments
 * work directly subordinate to the head of the field
 * management and supervision in the application of legal norms
 * performing controlling activities within the authority of the department
 * professional consultations related to the activities of the department
 * drafting job descriptions of the employees of the department
 * ensuring a uniform interpretation and application of standards in the area of municipality with links to other state agencies, judiciary, organisations and businesses
 </t>
   </si>
   <si>
     <t>* riadiaca činnosť oddelenia
 * metodické usmerňovanie a koordinácia pracovných činností riadeného oddelenia
 * komplexné zabezpečovanie prác na oddelení
 * spolupráca s vedúcimi ostatných oddelení
 * práca v priamej riadiacej pôsobnosti vedúceho odboru
 * riadenie a dohľad pri uplatňovaní právnych noriem
@@ -9241,50 +9607,74 @@
   <si>
     <t>Marketing Manager</t>
   </si>
   <si>
     <t>Marketingový manažér</t>
   </si>
   <si>
     <t>* Development of short-time and long-time marketing strategy.
 *Strengthening the awareness and position of the brand on the market.
 * Analysing the market, monitoring trends and activities of competitors.
 * Proposing marketing budget, deciding on the use of funds and supervising their ongoing use.
 * Preparing and coordinating the course of marketing campaigns and supporting activities.
 * Monitoring the effectiveness of marketing campaigns and supporting activities.
 * Evaluating the successfulness of marketing campaigns and supporting activities.
 * Leadership, motivation and assignment of tasks to subordinate staff.</t>
   </si>
   <si>
     <t>* Vypracovávanie krátkodobej a dlhodobej marketingovej stratégie.
 * Upevňovanie povedomia a postavenia obchodnej značky na trhu.
 * Analyzovanie trhu, monitorovanie trendov a činností konkurencie.
 * Navrhovanie marketingového rozpočtu, rozhodovanie o využívaní finančných prostriedkov a vykonávanie dohľadu nad ich priebežným čerpaním.
 * Pripravovanie a koordinovanie priebehu marketingových kampaní a podporných aktivít.
 * Sledovanie efektivity marketingových kampaní a podporných aktivít.
 * Vyhodnocovanie úspešnosti marketingových kampaní a podporných aktivít.
 * Vedenie, motivovanie a zadávanie pracovných úloh podriadeným zamestnancom.</t>
+  </si>
+  <si>
+    <t>Online Casino Manager</t>
+  </si>
+  <si>
+    <t>Manažér online casina</t>
+  </si>
+  <si>
+    <t>Managing online casino operations and product performance.
+Coordinating teams (support, risk, marketing, tech).
+Optimizing player offerings and promotional campaigns.
+Monitoring KPIs, game performance, and player behavior.
+Handling risk situations and compliance requirements.
+Overseeing security, AML, and responsible gaming.
+Proposing improvements to products and user experience.</t>
+  </si>
+  <si>
+    <t>Riadenie online kasínovej prevádzky a výkonnosti produktov.
+Koordinovanie tímov (support, risk, marketing, technika).
+Optimalizovanie hráčskej ponuky a promo kampaní.
+Monitorovanie KPI, výsledkov hier a správania hráčov.
+Riešenie rizikových situácií a compliance požiadaviek.
+Dohliadanie na bezpečnosť, AML a zodpovedné hranie.
+Návrh vylepšení produktov a používateľskej skúsenosti.</t>
   </si>
   <si>
     <t>Postmaster</t>
   </si>
   <si>
     <t>Vedúci pošty</t>
   </si>
   <si>
     <t>* Managing, supervising and organising activities within the post office.
 * Monitoring the stock level of operational material, forms and goods in storage, ordering and allocation of material to employees.
 * Addressing and eliminating the problems, failures and shortcomings.
 * Performing administrative tasks associated with the position of post office manager.</t>
   </si>
   <si>
     <t>* Riadenie, kontrolovanie a organizovanie činností v rámci pošty.
 * Sledovanie stavu prevádzkového materiálu, tlačív a tovaru na sklade, jeho objednávanie a prideľovanie zamestnancom.
 * Riešenie a odstraňovanie vzniknutých problémov, porúch a nedostatkov.
 * Vykonávanie administratívnych úkonov súvisiacich s funkciou vedúceho pošty.</t>
   </si>
   <si>
     <t>Process Manager</t>
   </si>
   <si>
     <t>Procesný manažér</t>
   </si>
@@ -9489,50 +9879,74 @@
   <si>
     <t>* Overseeing daily operations of the restaurant to ensure a high standard of service and guest satisfaction.
 * Managing staff recruitment, training, and performance evaluations to build a competent team.
 * Developing and implementing effective marketing strategies to promote the restaurant and increase customer engagement.
 * Monitoring financial performance, including budgeting, forecasting, and cost control to maximize profitability.
 * Ensuring compliance with health and safety regulations, as well as maintaining cleanliness and hygiene standards.
 * Collaborating with kitchen staff to create and update menus that meet customer preferences and seasonal availability.
 * Handling customer inquiries, complaints, and feedback to enhance the dining experience and foster loyalty.
 * Maintaining relationships with suppliers and vendors to ensure timely delivery of quality products.
 * Analyzing market trends and competitor activities to identify opportunities for growth and improvement.
 * Planning and organizing special events and promotions to attract new customers and retain existing ones.</t>
   </si>
   <si>
     <t>* Dozorovanie denných operácií reštaurácie s cieľom dosiahnuť vysoký štandard služieb a spokojnosť hostí.
 * Riadenie náboru zamestnancov, ich vzdelávania a hodnotenia pracovného výkony s cieľom vybudovať kompetentný tím.
 * Vývoj a implementácia efektívnych marketingových stratégií s cieľom propagovať reštauráciu a zvýšiť záujem zákazníkov.
 * Monitorovanie finančného výkonnosti vrátane rozpočtovania, predpovedania a kontrola nákladov s cieľom maximalizovať ziskovosť.
 * Zabezpečenie dodržiavania predpisov v oblasti zdravia a bezpečnosti, ako aj udržanie čistoty a hygienických štandardov.
 * Spolupráca s kuchárskym personálom pri tvorení a aktualizovaní menu, ktoré sa zhodujú s preferenciami zákazníkov a sezónnou dostupnosťou.
 * Riešenie zákazníckych dopytov, sťažností a spätných väzieb s cieľom vylepšiť zážitok z stravovania a pestovať lojalitu.
 * Udržiavanie vzťahov so dodávateľmi a partnermi s cieľom zabezpečiť včasné dodanie kvalitných produktov.
 * Analýza trhových trendov a aktivít konkurencie s cieľom identifikоваť príležitosti pre rast a zlepšovanie.
 * Plánovanie a organizρωση špeciálnych udalostí a propagačných akcií s cieľom prilákať nových zákazníkov a udržať existujúcich.</t>
   </si>
   <si>
+    <t>Retail Betting Operations Manager</t>
+  </si>
+  <si>
+    <t>Manažér retailových stávkových prevádzok</t>
+  </si>
+  <si>
+    <t>Managing the network of retail betting shops.
+Responsible for performance, revenue, and operational management.
+Organizing staff schedules and employee training.
+Ensuring compliance with legislation and internal policies.
+Handling complaints and customer‑related situations.
+Optimizing processes and operational costs.
+Collaborating with headquarters and marketing.</t>
+  </si>
+  <si>
+    <t>Riadenie siete kamenných stávkových pobočiek.
+Zodpovedanie za výkon, tržby a operatívu prevádzok.
+Organizovanie zmien a školení zamestnancov.
+Kontrolovanie dodržiavania legislatívy a interných pravidiel.
+Riešenie sťažností a zákazníckych situácií.
+Optimalizovanie procesov a nákladov.
+Spolupráca s centrálou a marketingom.</t>
+  </si>
+  <si>
     <t>Returns Department Manager</t>
   </si>
   <si>
     <t>Manažér reklamačného oddelenia</t>
   </si>
   <si>
     <t>* Managing and controlling employees at the complaints department.
 * Handling difficult customer complaints to their general satisfaction.
 * Preparation of documents for a possible attempt at conciliation and litigation with customers or suppliers.
 * Analysing the causes of difficult complaints.
 * Proposing appropriate measures to avoid complaints.</t>
   </si>
   <si>
     <t>* Riadenie a kontrola pracovníkov na reklamačnom oddelení.
 * Vybavovanie náročných reklamácií zákazníkov k ich všeobecnej spokojnosti.
 * Príprava podkladov na prípadný pokus o zmier a súdne spory so zákazníkmi alebo dodávateľmi.
 * Rozbory príčin náročných reklamácií.
 * Podávanie návrhov na potrebné opatrenia pre zamedzenie reklamácií.</t>
   </si>
   <si>
     <t>Risk Manager</t>
   </si>
   <si>
     <t>Risk manager</t>
   </si>
@@ -10462,50 +10876,76 @@
 * Cooling the finished product in water.
 * Fabricating horseshoes, shoeing horses.</t>
   </si>
   <si>
     <t>* Zhotovovanie umelecko-remeselných a úžitkových výrobkov každodennej potreby zo železa, ocele, medi a ďalších kovov.
 * Nahrievanie železa a ocele v kováčskej peci na požadovanú teplotu.
 * Tvárnenie železa a ocele pomocou ručných nástrojov a strojných zariadení.
 * Ochladzovanie hotových výrobkov vo vode.
 * Zhotovovanie podkov, podkúvanie koní.</t>
   </si>
   <si>
     <t>* Making machines, machinery and appliances operational in engineering production.
 * Analysing faults in order to identify the reasons why they originated.
 * Performing repairs of machines, machinery and appliances by replacing faulty components with new ones, or by modifying software.
 * Managing and checking technical documentation and keeping it up to date.
 * Ensuring technical support of processes and products in engineering production.</t>
   </si>
   <si>
     <t>* Uvádzanie strojov, prístrojov a zariadení do prevádzky v strojárenskej výrobe.
 * Analyzovanie porúch s cieľom identifikovať príčiny ich vzniku.
 * Uskutočňovanie opráv strojov, prístrojov a zariadení formou výmeny chybných komponentov za nové, resp. úprav softvéru.
 * Vedenie, kontrolovanie a udržiavanie technickej dokumentácie v aktuálnom stave.
 * Zabezpečovanie technickej podpory procesov a produktov v strojárenskej výrobe.</t>
   </si>
   <si>
+    <t>Welding technologist</t>
+  </si>
+  <si>
+    <t>Zváračský technológ</t>
+  </si>
+  <si>
+    <t>Creating welding procedure specifications (WPS).
+Setting welding parameters for various materials.
+Inspecting weld quality and ensuring compliance with procedures.
+Responsibility for certification of welding processes and welders.
+Implementing new welding technologies and tools.
+Cooperating with production to resolve deviations.
+Analyzing weld defects and proposing corrective actions.
+Reviewing documentation and performing audit activities.</t>
+  </si>
+  <si>
+    <t>Tvorba technologických postupov zvárania (WPS).
+Nastavenie parametrov zvárania pre rôzne materiály.
+Kontrola kvality zvarov a dodržiavania postupov.
+Zodpovednosť za certifikácie zváracích procesov a zváračov.
+Zavádzanie nových technológií a nástrojov zvárania.
+Spolupráca s výrobou na riešení odchýlok.
+Analýza chýb zvarov a návrh nápravných opatrení.
+Kontrola dokumentácie a auditné činnosti.</t>
+  </si>
+  <si>
     <t>Medicine &amp; Social Care</t>
   </si>
   <si>
     <t>Zdravotníctvo a sociálna starostlivosť</t>
   </si>
   <si>
     <t>Ambulance Driver</t>
   </si>
   <si>
     <t>Vodič sanitky</t>
   </si>
   <si>
     <t>* Driving ambulances or assisting ambulance drivers in transporting sick, injured, or convalescent persons. 
 * Removing and replacing soiled linens and equipment in order to maintain sanitary conditions. 
 * Placing patients on stretchers, and loading stretchers into ambulances, usually with assistance from other attendants. 
 * Accompanying and assisting emergency medical technicians on calls. 
 * Earning and maintaining appropriate certifications. 
 * Replacing supplies and disposable items on ambulances. 
 * Reporting facts concerning accidents or emergencies to hospital personnel or law enforcement officials. 
 * Administering first aid such as bandaging, splinting, and administering oxygen. 
 * Restraining or shackling violent patients.</t>
   </si>
   <si>
     <t>* Šoférovanie sanitiek alebo asistovanie vodcom sanitiek pri preprave chorých, zranených alebo rekonvalescentov.
 * Odstránenie a výmena zošpinených bielizní a vybavenia za účelom udržiavania hygienických podmienok.
@@ -10826,50 +11266,76 @@
 * Upravovanie dioptrických pomôcok.
 * Opravovanie poškodených dioptrických pomôcok.
 * Vydávanie odporúčaní na absolvovanie špecializovaných vyšetrení.</t>
   </si>
   <si>
     <t>Doctor</t>
   </si>
   <si>
     <t>Lekár</t>
   </si>
   <si>
     <t>* Diagnosing acute and chronic illnesses within general medicine with subsequent therapy and recommendations for therapy and diagnostic procedures.
 * Close co-operation with other specialist doctors.
 * Collecting samples for haematology and biochemical tests, swabs for cultivation.
 * Recording the results of exams into a patient's health card, keeping ambulatory care records along with nurses.
 * Assigning points and recording individual health procedures for contracted health insurers.</t>
   </si>
   <si>
     <t>* Diagnostikovanie akútnych a chronických ochorení v oblasti všeobecného lekárstva s následnou terapiou a odporučením ďalšieho terapeutického a diagnostického postupu.
 * Úzka spolupráca s inými odbornými lekármi.
 * Vykonávanie odberov na hematologické a biochemické vyšetrenia, výtery na kultiváciu.
 * Zaznamenávanie výsledkov vyšetrení do zdravotnej karty pacienta, vedenie ambulantnej knihy spolu so zdravotnou sestrou.
 * Bodovanie a vykazovanie jednotlivých zdravotných výkonov zmluvným zdravotným poisťovniam.</t>
   </si>
   <si>
+    <t>Gynecologist</t>
+  </si>
+  <si>
+    <t>Gynekológ</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of gynecological conditions.
+Pregnancy management and prenatal care.
+Preventive gynecological examinations.
+Performing minor gynecological procedures.
+Consultations regarding contraception and reproductive health.
+Evaluating ultrasound and laboratory test results.
+Postoperative care for patients.
+Maintaining documentation and recommending further examinations.</t>
+  </si>
+  <si>
+    <t>Diagnostika a liečba gynekologických ochorení.
+Vedenie tehotenstva a prenatálna starostlivosť.
+Preventívne gynekologické prehliadky.
+Realizácia menších gynekologických zákrokov.
+Konzultácie ohľadom antikoncepcie a reprodukčného zdravia.
+Hodnotenie výsledkov USG a laboratórnych testov.
+Starostlivosť o pacientky po operáciách.
+Dokumentácia a odporúčanie ďalších vyšetrení.</t>
+  </si>
+  <si>
     <t>Head Nurse</t>
   </si>
   <si>
     <t>Vrchný zdravotný brat</t>
   </si>
   <si>
     <t xml:space="preserve">* Participating in planning the staffing budget and recruitment
 * Ensure that nursing care meets regulatory standards
 * Review and approve nursing policies and procedures
 * Evaluate nursing staff performance
 * Collaborate with nursing staff, upper management and external agencies in the coordination of patient care
 * Train nursing management staff and coordinate educational programs for patients and their families
 * Facilitate meetings with medical staff from other departments
 * Ensure that nursing care medical services are meeting patient needs
 * Implement quality assurance systems
 * Participating in development of new patient care programs
 </t>
   </si>
   <si>
     <t>* Účasť na plánovaní personálneho rozpočtu a náboru
 * Zabezpečuje, aby ošetrovateľská starostlivosť spĺňala regulačné normy
 * Skúma a schváľuje politiky a postupy ošetrovateľstva
 * Vyhodnocuje výkonnosť ošetrovateľského personálu
 * Spolupracuje s ošetrovateľským personálom, vyšším manažmentom a externými agentúrami pri koordinácii starostlivosti o pacientov
 * Vyškoľuje riadiaci personál ošetrovateľstva a koordinuje vzdelávacie programy pre pacientov a ich rodiny
@@ -10877,50 +11343,76 @@
 * Zaisťuje, aby lekárske služby ošetrovateľskej starostlivosti vyhovovali potrebám pacientov
 * Implementuje systémy zabezpečenia kvality
 * Podieľa sa na vývoji nových programov starostlivosti o pacientov</t>
   </si>
   <si>
     <t>Hygiene Officer</t>
   </si>
   <si>
     <t>Hygienik</t>
   </si>
   <si>
     <t>* Collecting samples of food, snacks, ready meals, drinks and water samples from springs, pools, dams and their subsequent microbiological analysing.
 * Performing announced and unannounced inspections of new and existing business operations.
 * Issuing approvals/disapprovals for the opening of new operations.
 * Issuing warnings and recommendations regarding the consumption and use of harmful food, cosmetics, contaminated water sources, water expanses etc.
 * Imposing fines on natural and legal persons in accordance with the applicable legislation.
 * Mandating compulsory vaccination in case of the risk of an outbreak.</t>
   </si>
   <si>
     <t>* Odoberanie vzoriek potravín, pochutín, hotových jedál, nápojov ako aj vzoriek z vodných prameňov, bazénov, priehrad a ich následné podrobovanie mikrobiologickému rozboru.
 * Vykonávanie ohlásených a neohlásených inšpekcií nových a existujúcich obchodných prevádzok.
 * Vydávanie súhlasu/nesúhlasu s otvorením nových obchodných prevádzok.
 * Vydávanie varovaní a odporúčaní ohľadom požívania a používania škodlivých potravín, kozmetiky, kontaminovaných vodných prameňov, vodných plôch a pod.
 * Ukladanie pokút fyzickým a právnickým osobám v zmysle platnej legislatívy.
 * Nariaďovanie povinných očkovaní v prípade rizika vypuknutia epidémie.</t>
+  </si>
+  <si>
+    <t>Internist</t>
+  </si>
+  <si>
+    <t>Internista</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of diseases of internal organs.
+Comprehensive management of chronic conditions (diabetes, hypertension, etc.).
+Interpretation of laboratory and imaging tests.
+Adjusting pharmacotherapy and monitoring treatment effects.
+Preventive check‑ups and patient education.
+Consultations for other specialists and general practitioners.
+Inpatient care depending on the workplace setting.
+Maintaining medical documentation and deciding on further examinations.</t>
+  </si>
+  <si>
+    <t>Diagnostika a liečba ochorení vnútorných orgánov.
+Komplexný manažment chronických ochorení (cukrovka, hypertenzia…).
+Interpretácia laboratórnych a zobrazovacích vyšetrení.
+Nastavovanie farmakoterapie a sledovanie účinkov.
+Preventívne kontroly a edukácia pacientov.
+Konzultácie pre ďalších odborníkov a všeobecných lekárov.
+Hospitalizačná starostlivosť podľa pracoviska.
+Vedenie dokumentácie a rozhodovanie o ďalších vyšetreniach.</t>
   </si>
   <si>
     <t>Kinetotherapist</t>
   </si>
   <si>
     <t>Kinetoterapeut</t>
   </si>
   <si>
     <t>* Assessing patients' physical abilities and limitations through various tests and evaluations.
 * Developing individualized treatment plans based on patients' needs and goals.
 * Implementing therapeutic exercises and activities to improve patients' mobility and function.
 * Educating patients and their families on treatment protocols and self-management strategies.
 * Monitoring and documenting patients' progress throughout the therapy process.
 * Collaborating with healthcare professionals, including physicians and occupational therapists, to ensure comprehensive care.
 * Utilizing specialized equipment and techniques to aid in rehabilitation.
 * Providing support and encouragement to motivate patients during their recovery journey.
 * Staying updated on advancements in kinesiology and rehabilitation practices.
 * Participating in professional development activities to enhance skills and knowledge in the field.</t>
   </si>
   <si>
     <t>* Hodnotenie fyzických schopností a obmedzení pacientov prostredníctvom rôznych testov a vyhodnotení.
 * Vytváranie individualizovaných liečebných plánov založených na potrebách a cieľoch pacientov.
 * Implementacia terapeutických cvičení a aktivít na zlepšenie mobility a funkcie pacientov.
 * Vzdelávanie pacientov a ich rodín o liečebných protokoloch a stratégiách sebariadenia.
 * Monitorovanie a dokumentovanie pokroku pacientov počas celého liečebného procesu.
@@ -11065,50 +11557,76 @@
   <si>
     <t>Midwife</t>
   </si>
   <si>
     <t>Pôrodný asistent</t>
   </si>
   <si>
     <t>* Providing care to women during pregnancy, childbirth and postpartum period.
 * Keeping and supporting the optimum health condition of new and expectant mothers.
 * Leading a physiological birth, cooperating with a doctor in case of complications.
 * Educating new and expectant mothers regarding the care for newborns.
 * Preparing new and expectant mothers for breastfeeding.
 * Visiting women with gynaecological problems.
 * Managing medical records.</t>
   </si>
   <si>
     <t>* Poskytovanie starostlivosti ženám v období tehotenstva, počas pôrodu a v popôrodnom období.
 * Udržiavanie a podporovanie optimálneho zdravotného stavu budúcich matiek a rodičiek.
 * Vedenie fyziologických pôrodov, spolupracovanie s lekárom v prípade komplikácií.
 * Vzdelávanie budúcich matiek a rodičiek v oblasti starostlivosti o novorodenca.
 * Pripravovanie budúcich matiek na dojčenie.
 * Vykonávanie návštevnej služby u gynekologicky chorých žien.
 * Vedenie zdravotnej dokumentácie.</t>
   </si>
   <si>
+    <t>Neurologist</t>
+  </si>
+  <si>
+    <t>Neurológ</t>
+  </si>
+  <si>
+    <t>Diagnosis of disorders of the nervous system (brain, spinal cord, peripheral nerves).
+Performing neurological examinations.
+Ordering EMG, EEG, MRI, and other diagnostic tests.
+Treatment of acute and chronic neurological conditions.
+Long‑term follow‑up of patients with progressive diseases.
+Collaboration with rehabilitation and neurosurgery.
+Maintaining medical records.
+Educating patients and families on disease management.</t>
+  </si>
+  <si>
+    <t>Diagnostika ochorení nervového systému (mozog, miecha, periférne nervy).
+Realizácia neurologického vyšetrenia.
+Indikovanie EMG, EEG, MR a ďalších testov.
+Liečba akútnych a chronických neurologických ochorení.
+Dlhodobé sledovanie pacientov s progresívnymi ochoreniami.
+Spolupráca s rehabilitáciou a neurochirurgiou.
+Vedenie zdravotnej dokumentácie.
+Edukácia pacientov a rodín ohľadom manažmentu ochorenia.</t>
+  </si>
+  <si>
     <t>Nurse</t>
   </si>
   <si>
     <t>Zdravotná/ý sestra/brat</t>
   </si>
   <si>
     <t>* Providing assistance during specialised medical procedures and examinations.
 * Measuring and monitoring patient vital signs and functions.
 * Administering injections and prescribed medications to patients.
 * Collecting samples of biological materials.
 * Ordering preventative check-ups and examinations for patients.
 * Administering health records and documentation.
 * Washing, disinfecting, and sterilising medical instruments and aids.
 * Providing first aid in an emergency.</t>
   </si>
   <si>
     <t>* Asistencia pri odborných lekárskych zákrokoch a vyšetreniach.
 * Meranie a monitorovanie vitálnych funkcií pacientov.
 * Podávanie injekcií a predpísaných liečiv pacientom.
 * Odoberanie vzoriek biologického materiálu.
 * Objednávanie pacientov na preventívne prehliadky a vyšetrenia.
 * Vedenie zdravotnej dokumentácie.
 * Umývanie, dezinfikovanie a sterilizovanie lekárskych nástrojov a pomôcok.
 * Poskytovanie prvej pomoci v prípade núdze.</t>
   </si>
@@ -11185,68 +11703,120 @@
   <si>
     <t>Orthopedic Technician</t>
   </si>
   <si>
     <t>Ortopedický technik</t>
   </si>
   <si>
     <t>* Checking prosthetic products and semi-products.
 * Processing leather (rawhide) and lining materials manually and using machinery.
 * Making orthopaedic devices using machinery.
 * Joining orthopaedic materials by hand and machine sewing, riveting (solid bonding with metal components), etc.
 * Adjusting orthopaedic parts made from wood, leather, plastics, and other natural materials.
 * Making soft bandages and combined orthopaedic inserts.
 * Making orthopaedic shoes on the basis of prescriptions.</t>
   </si>
   <si>
     <t>* Kontrolovanie protetických výrobkov a polotovarov.
 * Opracovávanie a spracovávanie usne (surová koža) a podšívkových materiálov ručným a strojovým spôsobom.
 * Vyrábanie ortopedických pomôcok pomocou strojov a prístrojov.
 * Spájanie ortopedického materiálu ručným a strojovým šitím, nitovaním (pevné spájanie kovovými súčiastkami) a pod.
 * Upravovanie ortopedických dielov z dreva, kože, plastov a iných prírodných materiálov.
 * Zhotovovanie mäkkých bandáží a kombinovaných ortopedických vložiek.
 * Zhotovovanie ortopedickej obuvi na základe lekárskeho predpisu.</t>
   </si>
   <si>
+    <t>Pediatrician</t>
+  </si>
+  <si>
+    <t>Pediater</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of illnesses in children from birth to adolescence.
+Preventive check‑ups and monitoring of child growth and development.
+Vaccination and management of vaccination records.
+Prescribing treatment and monitoring its effectiveness.
+Consulting with parents on children’s health and nutrition.
+Identifying developmental disorders and referring to specialists.
+Maintaining medical documentation.
+Cooperating with hospitals and specialists in comprehensive care.</t>
+  </si>
+  <si>
+    <t>Diagnostika a liečba ochorení detí od narodenia po adolescenciu.
+Preventívne prehliadky a sledovanie rastu a vývoja dieťaťa.
+Očkovanie a očkovacia agenda.
+Predpisovanie liečby a sledovanie účinnosti.
+Konzultácie s rodičmi o zdraví a výžive detí.
+Identifikácia vývojových porúch a odporúčania k odborníkom.
+Vedenie zdravotnej dokumentácie.
+Spolupráca s nemocnicami a špecialistami pri komplexnej liečbe.</t>
+  </si>
+  <si>
     <t>Physiotherapist</t>
   </si>
   <si>
     <t>Fyzioterapeut</t>
   </si>
   <si>
     <t>* Assessing the health condition of patients, diagnosing the source of troubles.
 * Prescribing specialised exercises depending on the nature of the troubles.
 * Performing rehabilitation procedures and exercises.
 * Instructing patients regarding proper walking, sitting, standing, and posture.
 * Managing documentation on the health condition of patients.</t>
   </si>
   <si>
     <t>* Posudzovanie zdravotného stavu pacientov, diagnostikovanie príčin ťažkostí.
 * Predpisovanie špecializovaných cvičení v závislosti od povahy ťažkostí.
 * Vykonávanie rehabilitačných procedúr a cvičení.
 * Inštruovanie pacientov v oblasti správneho spôsobu chôdze, sedenia, státia a držania tela.
 * Vedenie dokumentácie o zdravotnom stave pacientov.</t>
+  </si>
+  <si>
+    <t>Psychiatrist</t>
+  </si>
+  <si>
+    <t>Psychiater</t>
+  </si>
+  <si>
+    <t>Diagnosis of mental disorders.
+Prescribing psychopharmaceuticals and monitoring effectiveness.
+Crisis intervention and management of acute conditions.
+Long‑term care of patients with chronic psychiatric diagnoses.
+Collaboration with psychologists and therapists.
+Inpatient care depending on the workplace setting.
+Preparation of expert reports and medical assessments.
+Maintaining documentation and planning treatment.</t>
+  </si>
+  <si>
+    <t>Diagnostika duševných porúch.
+Predpisovanie psychofarmák a sledovanie účinnosti.
+Krízová intervencia a manažment akútnych stavov.
+Dlhodobé vedenie pacientov s chronickými diagnózami.
+Spolupráca s psychológmi a terapeutmi.
+Hospitalizačná starostlivosť podľa pracoviska.
+Vypracovanie posudkov a odborných nálezov.
+Dokumentácia a plánovanie liečby.</t>
   </si>
   <si>
     <t>Public Health Administrator</t>
   </si>
   <si>
     <t>Verejný zdravotník</t>
   </si>
   <si>
     <t>* Performing expert activities in the area of primary prevention, protection, support, and strengthening of public health.
 * Performing state health supervision in the field of environment and working environment, occupational health, the creation and protection of healthy living and working conditions of children and youth, and on workplaces with ionising radiation.
 * Monitoring and statistical analysis of environmental factors and health characteristics.
 * Performing specialised tasks within the public health surveillance.
 * Performing activities in the area of health counselling and education.</t>
   </si>
   <si>
     <t>* Vykonávanie odborných činností v oblasti primárnej prevencie, ochrany, podpory a posilňovania zdravia ľudí.
 * Vykonávanie štátneho zdravotného dozoru na úseku životného a pracovného prostredia, ochrany zdravia pri práci, vytvárania a ochrany zdravých životných a pracovných podmienok detí a mládeže a na pracoviskách so zdrojmi ionizujúceho žiarenia.
 * Monitorovanie a štatistické spracovanie faktorov životného prostredia a znakov zdravotného stavu.
 * Vykonávanie špecializovaných úloh v rámci štátneho zdravotného dozoru.
 * Pôsobenie v oblasti poradenstva a výchovy ku zdraviu.</t>
   </si>
   <si>
     <t>Radiographer</t>
   </si>
   <si>
@@ -11255,50 +11825,76 @@
   <si>
     <t>* Performing diagnostic imaging examinations using X-ray equipment to assist in the diagnosis and treatment of patients.
 * Collaborating with physicians and healthcare professionals to determine appropriate imaging techniques and protocols.
 * Preparing patients for radiographic procedures by explaining the process, addressing concerns, and ensuring comfort.
 * Positioning patients correctly to obtain high-quality images while minimizing exposure to radiation.
 * Maintaining and operating radiographic equipment, ensuring compliance with safety and quality standards.
 * Analyzing images for technical quality and assisting in the interpretation of findings.
 * Keeping accurate patient records and documenting procedures performed and results obtained.
 * Ensuring the cleanliness and organization of the radiography department and equipment.
 * Staying updated with advancements in radiographic technology and techniques through continuous education and training.
 * Adhering to all regulatory and safety guidelines to ensure a safe environment for patients and staff.</t>
   </si>
   <si>
     <t>* Vykonávanie diagnostických zobrazovacích vyšetrení pomocou röntgenového zariadenia s cieľom pomôcť pri diagnostike a liečbe pacientov.
 * Spolupráca s lekármi a zdravotníckymi profesionálmi s cieľom stanoviť vhodné zobrazovacie techniky a protokoly.
 * Príprava pacientov na rádiologické výkony vysvetľovaním postupu, riešením obáv a zabezpečením pohodlia.
 * Správne umiestňovanie pacientov za účelom získania vysokokvalitných snímok pri súčasnom minimalizovaní vystavenia žiareniam.
 * Údržba a prevádzka rádiografického zariadenia, pričom sa zaisťuje dodržanie bezpečnostných a kvalitatívnych štandardov.
 * Analýza snímok z technického hľadiska a pomoc pri výklade nálezov.
 * Vedenie presných záznamov o pacientoch a dokumentovanie vykonaných procedúr a výsledkov.
 * Zaisťovanie čistoty a organizácie rádiovej oddelenia a zariadenia.
 * Stále vzdelávanie a tréning s cieľom oboznámiť sa s pokrokmi v rádiografickej technológii a technikách.
 * Dodržovanie všetkých predpisov a bezpečnostných odporúčaní za účelom zabezpečenia bezpečného prostredia pre pacientov a personál.</t>
   </si>
   <si>
+    <t>Radiologist</t>
+  </si>
+  <si>
+    <t>Rádiológ</t>
+  </si>
+  <si>
+    <t>Performing and evaluating imaging examinations (X‑ray, ultrasound, CT, MRI).
+Providing findings and diagnostic recommendations.
+Collaborating with clinical physicians during diagnostics.
+Supervising the technical quality of imaging procedures.
+Ensuring radiation protection and compliance with legislation.
+Documenting and archiving imaging material.
+Recommending additional examinations when needed.
+Consulting results with other specialists.</t>
+  </si>
+  <si>
+    <t>Realizácia a hodnotenie zobrazovacích vyšetrení (RTG, USG, CT, MR).
+Stanovenie nálezov a diagnostických odporúčaní.
+Spolupráca s klinickými lekármi pri diagnostike.
+Dohľad nad technickou kvalitou vyšetrení.
+Ochrana pred žiarením a dodržiavanie legislatívy.
+Dokumentácia a archivácia obrazového materiálu.
+Návrh doplňujúcich vyšetrení podľa potreby.
+Konzultácie výsledkov s ďalšími odborníkmi.</t>
+  </si>
+  <si>
     <t>Radiology Assistant</t>
   </si>
   <si>
     <t>Rádiologický asistent</t>
   </si>
   <si>
     <t>* Independent specialised professional work during standard skiagraphic and skiascopic examinations.
 * Assisting with non-standard radiological operations using complex instrumentation.
 * Developing and processing of film material in the darkroom.
 * Performing CT and MR examinations and assisting in CT-guided intervention (biopsy and drainage).
 * Processing CT and MR image documentation and its recording on electronic media.
 * Informing the patient about the nature, preparation, duration, and potential risks of examination as well as the time of receiving the results.</t>
   </si>
   <si>
     <t>* Samostatná špecializovaná odborná práca pri štandardných skiagrafických a skiaskopických vyšetreniach.
 * Asistovanie pri neštandardných rádiologických výkonoch s použitím zložitej prístrojovej techniky.
 * Vyvolávanie a spracúvanie filmového materiálu v tmavej komore.
 * Vykonávanie CT a MR vyšetrení, asistovanie pri intervenčných CT vyšetreniach (biopsia, drenáž).
 * Spracúvanie CT a MR obrazovej dokumentácie a jej zapisovanie na elektronické médiá.
 * Informovanie pacienta o povahe, príprave, dĺžke a možných rizikách vyšetrenia ako aj o dobe obdržania výsledku.</t>
   </si>
   <si>
     <t>Regulatory Affairs Manager</t>
   </si>
   <si>
@@ -11404,50 +12000,76 @@
     <t>Logopéd</t>
   </si>
   <si>
     <t>* Assessing, diagnosing, and treating speech, language, and communication disorders in individuals of all ages.
 * Developing personalized treatment plans tailored to the specific needs of each client.
 * Conducting therapy sessions to improve speech clarity, language skills, and communication abilities.
 * Collaborating with other healthcare professionals, educators, and families to support clients' overall development.
 * Utilizing evidence-based practices and therapeutic techniques to enhance client outcomes.
 * Monitoring and documenting clients’ progress and adjusting treatment plans as necessary.
 * Providing guidance and support to families regarding communication strategies and resources.
 * Educating clients and their families about speech and language disorders and the therapeutic process.
 * Participating in continuing education and professional development to stay current with best practices in the field.
 * Maintaining confidentiality and adhering to ethical standards in all aspects of practice.</t>
   </si>
   <si>
     <t>* Hodnotenie, diagnostikovanie a liečenie porúch reči, jazyka a komunikácie u jednotlivcov všetkých vekových kategórií.
 * Vytváranie personalizovaných liečebných plánovtailorovaných na špecifické potreby každého klienta.
 * Vedenie terapeutických sedení s cieľom zlepšiť jasnosť reči, jazykové zručnosti a komunikatívne schopnosti.
 * Spolupráca s inými profesionálmi v oblasti zdravotníctva, pedagógmi a rodinami s cieľom podporiť celkový vývin klientov.
 *プリ令人ovanie overených postupov a terapeutických techník s cieľom zlepšiť výsledky klientov.
 * Monitorovanie a dokumentovanie pokroku klientov a prípadné úpravyliečebných plánov.
 * Poskytovanie usmernení a podpory rodinám ohľadne komunikačných stratégií a zdrojov.
 * Vzdelávanie klientov a ich rodín o poruchách reči a jazyka a terapeutickom procese.
 * Účasť na pokračujúcom vzdelávaní a profesionálnom rozvoji s cieľom ostať aktuálnym s najlepšími postupmi v danej oblasti.
 * Zachovanie dôvernosti a dodržovanie etických štandardov vo všetkých aspektoch praxe.</t>
+  </si>
+  <si>
+    <t>Surgeon</t>
+  </si>
+  <si>
+    <t>Chirurg</t>
+  </si>
+  <si>
+    <t>Diagnosis and indication of surgical procedures.
+Performing surgical operations.
+Pre‑ and postoperative patient care.
+Assessing surgical risks and informing the patient.
+Monitoring wound healing and preventing complications.
+Collaboration with anesthesiology and other specialties.
+Reviewing outcomes and planning follow‑up treatment.
+Maintaining surgical documentation.</t>
+  </si>
+  <si>
+    <t>Diagnostika a indikovanie chirurgických zákrokov.
+Realizácia operačných výkonov.
+Starostlivosť o pacienta pred a po operácii.
+Posúdenie rizík operácie a informovanie pacienta.
+Sledovanie hojenia rán a prevencia komplikácií.
+Spolupráca s anestéziológiou a ďalšími odbormi.
+Kontrola výsledkov a plánovanie následnej liečby.
+Vedenie chirurgickej dokumentácie.</t>
   </si>
   <si>
     <t>Veterinarian</t>
   </si>
   <si>
     <t>Veterinárny lekár</t>
   </si>
   <si>
     <t>* Examining the health of animals, determining diagnoses.
 * Examining and removing tissues and biological materials.
 * Prescribing and administering drugs to animals.
 * Performing minor and major surgeries.
 * Vaccinating animals against diseases, treating them for parasites.
 * Sterilising animals.
 * Euthanising animals.
 * Providing advice to owners and keepers of animals regarding proper nutrition.</t>
   </si>
   <si>
     <t>* Vyšetrovanie zdravotného stavu zvierat, stanovovanie diagnóz.
 * Vyšetrovanie a odoberanie tkanív a biologického materiálu.
 * Predpisovanie a podávanie liekov zvieratám.
 * Vykonávanie drobných a náročných chirurgických zákrokov.
 * Očkovanie zvierat proti chorobám, zbavovanie zvierat parazitov.
 * Sterilizácia zvierat.
 * Utrácanie zvierat.
@@ -12993,50 +13615,74 @@
   <si>
     <t>* Assisting families in planning and organizing funeral services in a compassionate and respectful manner.
 * Providing guidance on funeral arrangements, including casket selection, transportation, and memorial services.
 * Coordinating with various service providers, such as cemeteries, crematories, and florists.
 * Preparing and filing necessary legal documents, such as death certificates and permits.
 * Ensuring the proper care and preparation of the deceased, including embalming and dressing.
 * Managing logistics for the funeral service, including setting up the venue and overseeing the service proceedings.
 * Offering emotional support and counseling to grieving families throughout the planning process.
 * Maintaining a clean and respectful environment in the funeral home and associated facilities.
 * Adhering to health and safety regulations and ethical standards in all aspects of the job.
 * Participating in ongoing professional development and training to stay current with industry practices and regulations.</t>
   </si>
   <si>
     <t>* Pomáhať rodinám pri plánovaní a organizácii pohrebných služieb v súcitnom a rešpektovnom duchu.
 * Poskytovať usmernenie pri organizácii pohrebu, vrátane výberu rakví, dopravy a pamiatkových služieb.
 * Koordinovať s rôznymi služobníkmi, ako sú cintoríny, krematóriá a kvetinové služby.
 * Pripravovať a podávať potrebné právne dokumenty, ako je úmrtný list a povolenia.
 * Zabezpečovať riadnu starostlivosť a prípravu zosnulého, vrátane balzamovania a obliekania.
 * Riadiť logistiku pohrebných služieb, vrátane záloženia priestoru a dohľadu nad služobnými konaniami.
 * Ponúkať emociálnu podporu a poradenstvo trpiacim rodinám počas plánujúceho procesu.
 * Udržiavať čisté a rešpektovné prostredie v pohrebnej sále a súvisiacich zariadeniach.
 * Dodržiavať hygienické a bezpečnostné predpisy a etické štandardy vo všetkých aspektoch pracovného pomeru.
 * Účastniť sa na kontinuálnom profesionálnom rozvoji a školení, aby sa zostať informovaný o súčasných praktikách a predpisoch v odvetví.</t>
   </si>
   <si>
+    <t>Gaming / Casino Operator</t>
+  </si>
+  <si>
+    <t>Operátor herne / kasína</t>
+  </si>
+  <si>
+    <t>Serving guests in a gaming room or casino.
+Supervising the operation of gaming devices.
+Providing information about games and rules.
+Handling basic technical and operational issues.
+Checking player age and eligibility.
+Complying with internal and legal regulations.
+Maintaining cleanliness and order in the venue.</t>
+  </si>
+  <si>
+    <t>Obsluhovanie hostí herne alebo kasína.
+Dohliadanie na chod herných zariadení.
+Poskytovanie informácií o hrách a pravidlách.
+Riešenie základných technických a prevádzkových problémov.
+Kontrolovanie veku a oprávnenia hráčov.
+Dodržiavanie interných a zákonných pravidiel.
+Zabezpečovanie čistoty a poriadku na prevádzke.</t>
+  </si>
+  <si>
     <t>Gardener</t>
   </si>
   <si>
     <t>Záhradník</t>
   </si>
   <si>
     <t>* Caring for flower beds, lawns, trees and shrubs in gardens, orchards and public parks.
 * Hoeing and fertilising the soil, pulling weeds.
 * Planting and irrigating decorative plants, shrubs, trees and hedges.
 * Seeding, watering and mowing lawns.
 * Protecting vegetation from pests and diseases using chemical agents.
 * Harvesting and storing fruit and vegetables.
 * Repairing garden tools.</t>
   </si>
   <si>
     <t>* Staranie sa o kvetinové záhony, trávniky, stromy a kry v záhradách, sadoch a verejných parkoch.
 * Okopávanie a hnojenie pôdy, vytrhávanie buriny.
 * Vysádzanie a zavlažovanie okrasných rastlín, kerov, stromov a živých plotov.
 * Vysievanie, zavlažovanie a kosenie trávnikov.
 * Ochraňovanie vegetácie pred škodcami a chorobami pomocou chemických prípravkov.
 * Oberanie a skladovanie plodov a ovocia.
 * Opravovanie záhradného náradia.</t>
   </si>
   <si>
     <t>Goldsmith, Jeweller</t>
@@ -13253,50 +13899,74 @@
 * Responding to alarms and safety alerts, taking appropriate action to resolve issues.
 * Maintaining accurate records of boiler operations, maintenance activities, and safety checks.
 * Collaborating with engineering and maintenance teams to troubleshoot and repair boiler-related issues.
 * Ensuring compliance with safety regulations and industry standards in boiler operations.
 * Managing fuel supply and ensuring proper combustion for efficient energy production.
 * Assisting in the training of new staff on boiler operation and safety procedures.
 * Performing emergency shutdown procedures when necessary and ensuring safe operation at all times.</t>
   </si>
   <si>
     <t>* Prevádzanie a údržba kotlov, zabezpečenie ich efektívneho a bezpečného fungovania.
 * Monitorovanie tlaku, teploty a hladiny vody v kotloch s cieľom udržiavať optimálny výkon.
 * Vykonávanie pravidelných inšpekcii a nevyhnutnej údržby kotlových systémov.
 * Reagovanie na alarmy a bezpečnostné výstrahy s vykonaním vhodných opatrení na riešenie problémov.
 * Vedenie presných záznamov o prevádzke kotlov, údržbových činnostiach a bezpečnostných kontrolách.
 * Spolupráca s inžinierskými a údržbovými tímami pri odstraňovaní a opravách problémov súvisiacich s kotlami.
 * Zabezpečenie dodržania bezpečnostných predpisov a štandardov pri prevádzke kotlov.
 * Správa dodávky paliva a zabezpečenie správnej spaľovania pre efektívnu výrobu energie.
 * Pomoc pri školení nového personálu na prevádzku kotlov a bezpečnostné procedúry.
 * Vykonávanie procedúr núdzového vypnutia v prípade nutnosti a zabezpečenie bezpečnej prevádzky vždy.</t>
   </si>
   <si>
     <t>Technology, Development</t>
   </si>
   <si>
     <t>Technika, rozvoj</t>
+  </si>
+  <si>
+    <t>Gaming Machines Service Technician</t>
+  </si>
+  <si>
+    <t>Servisný technik herných zariadení</t>
+  </si>
+  <si>
+    <t>Installing, configuring, and servicing gaming machines.
+Diagnosing and repairing technical faults.
+Performing regular maintenance of gaming devices.
+Ensuring technical safety and operational functionality.
+Documenting interventions and reporting defects.
+Cooperating with operations managers.
+Testing new devices and components.</t>
+  </si>
+  <si>
+    <t>Inštalovanie, nastavovanie a servisovanie herných zariadení.
+Diagnostikovanie a opravenie technických porúch.
+Vykonávanie pravidelnej údržby automatov.
+Zabezpečovanie technickej bezpečnosti a funkčnosti.
+Dokumentovanie zásahov a reportovanie závad.
+Spolupráca s manažérmi prevádzky.
+Testovanie nových zariadení a komponentov.</t>
   </si>
   <si>
     <t>Geographic Information Systems Engineer</t>
   </si>
   <si>
     <t>Inžinier geografických informačných systémov</t>
   </si>
   <si>
     <t>* Develop and maintain Geographic Information Systems (GIS) applications and tools to support spatial data analysis and visualization.
 * Collaborate with cross-functional teams to gather requirements and translate them into technical specifications for GIS projects.
 * Conduct spatial data collection, processing, and analysis to support decision-making processes in various sectors.
 * Ensure the accuracy and integrity of GIS data through regular audits and updates.
 * Create and maintain detailed documentation of GIS processes, methodologies, and data sources.
 * Provide technical support and training to end-users on GIS software and tools.
 * Stay updated on the latest GIS technologies and trends to enhance system capabilities and performance.
 * Assist in the development of GIS-based solutions for urban planning, environmental management, and resource allocation.
 * Participate in project planning and execution, ensuring timely delivery of GIS projects within budget constraints.
 * Communicate effectively with stakeholders to present findings and recommendations based on spatial analysis.</t>
   </si>
   <si>
     <t>* Vyvíjať a udržiavať aplikácie a nástroje geografických informačných systémov (GIS) na podporu analýzy a vizualizácie priestorových údajov.
 * Spolupracovať s funkčne rôznymi tímami na získavaní požiadaviek a ich prekladanie do technických špecifikácií pre GIS projekty.
 * Vykonávať zbieranie, spracovanie a analýzu priestorových údajov na podporu rozhodovacích procesov v rôznych sektoroch.
 * Zabezpečovať presnosť a integritu GIS údajov prostredníctvom pravidelných auditov a aktualizácií.
 * Vytvárať a udržiavať podrobnú dokumentáciu GIS procesov, metód a zdrojov údajov.
@@ -14581,50 +15251,67 @@
     <t>Prevádzkovateľ lanovky</t>
   </si>
   <si>
     <t>* Operating and maintaining cable car systems to ensure safe and efficient transportation of passengers.
 * Conducting pre-operation inspections of equipment to identify any maintenance needs or safety issues.
 * Assisting passengers with boarding and disembarking, ensuring a smooth and safe experience.
 * Providing information to passengers about the cable car operation, safety procedures, and local attractions.
 * Monitoring weather conditions and adjusting operations accordingly to ensure passenger safety.
 * Responding to emergencies and ensuring the safety of passengers at all times.
 * Collaborating with maintenance teams to report any technical issues and assist in repairs as needed.
 * Keeping accurate records of daily operations, including passenger counts and any incidents that occur.
 * Upholding company standards for customer service and ensuring a positive experience for all guests.
 * Participating in ongoing training and development to stay updated on safety regulations and operational procedures.</t>
   </si>
   <si>
     <t>* Prevádzanie a údržba lanoviek za účelom zabezpečenia bezpečnej a efektívnej prepravy cestujúcich.
 * Vykonávanie predprevádzkových inšpekcii zariadení s cieľom identifikovať akékoľvek potreby údržby alebo bezpečnostné problémy.
 * Pomoc cestujúcim pri nástupe a zostupe, zabezpečenie hladkého a bezpečného zážitku.
 * Poskytovanie informácií cestujúcim o prevádzke lanovky, bezpečnostných postupoch a miestnych atrakciách.
 * Monitorovanie poveternostných podmienok a úprava prevádzky podľa potreby s cieľom zabezpečiť bezpečnosť cestujúcich.
 * Reagovanie na núdzové situácie a zabezpečenie bezpečnosti cestujúcich v každom momente.
 * Spolupráca s údržbovými tímami za účelom nahlásenia akýchkoľvek technických problémov a asistencia pri opravách podľa potreby.
 * Vedenie presných záznamov o denných prevádzkach, vrátane počtu cestujúcich a akýchkoľvek incidentov, ktoré môžu nastať.
 * Zachovávanie spoločenských štandardov pre zákaznícky servis a zabezpečenie pozitívneho zážitku pre všetkých hostí.
 * Účasť na pokračujúcom výcviku a rozvoji s cieľom ostať aktuálny v oblasti bezpečnostných predpisov a prevádzkových postupov.</t>
+  </si>
+  <si>
+    <t>Catering manager</t>
+  </si>
+  <si>
+    <t>* Preparing, and overseeing activities related to food preparation.
+* Planning menus in consultation with chefs.
+* Recruiting and training permanent and casual staff.
+* Planning staff shifts and rotes.
+* Ensuring health and safety regulations are strictly observed.
+* Monitoring the quality of the product and service provided.
+* Keeping financial and administrative records.
+* Managing the payroll and monitoring spending levels.
+* Maintaining stock levels and ordering new supplies as required.
+* Interacting with customers if involved with front of house work.
+* Liaising with suppliers and clients.
+* Negotiating contracts with customers, assessing their requirements and ensuring they are satisfied with the service delivered (in contract catering).</t>
   </si>
   <si>
     <t>Chambermaid</t>
   </si>
   <si>
     <t>Chyžný</t>
   </si>
   <si>
     <t>* Cleaning of rooms, hallways, and common areas.
 * Regular vacuuming and dusting.
 * Making the beds and adjusting the sheeting.
 * Changing used bed linen and towels.
 * Cleaning bathrooms and toilets and refilling missing toiletries.
 * Emptying dustbins and changing used ashtrays.
 * Replenishing the contents of room mini-bars and refrigerators.</t>
   </si>
   <si>
     <t>* Upratovanie izieb, chodieb a spoločných priestorov.
 * Pravidelné vysávanie a utieranie prachu.
 * Ustieľanie postelí, naprávanie prestieradiel.
 * Vymieňanie použitej posteľnej bielizne a uterákov.
 * Čistenie hygienických a sociálnych zariadení, dopĺňanie chýbajúcich hygienických potrieb.
 * Vysýpanie smetných košov, vymieňanie použitých popolníkov.
 * Dopĺňanie obsahu izbových chladničiek a minibarov.</t>
   </si>
@@ -16650,88 +17337,88 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F703"/>
+  <dimension ref="A1:F729"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E6" sqref="E6:F703"/>
+      <selection activeCell="E6" sqref="E6:F729"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.7051" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.7051" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.7051" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.7051" customWidth="true" style="0"/>
     <col min="5" max="5" width="53.844" customWidth="true" style="0"/>
     <col min="6" max="6" width="53.844" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="1">
-        <v>698</v>
+        <v>724</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5" t="s">
         <v>7</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
@@ -17352,13366 +18039,13886 @@
         <v>137</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
         <v>80</v>
       </c>
       <c r="B37" t="s">
         <v>81</v>
       </c>
       <c r="C37" t="s">
         <v>138</v>
       </c>
       <c r="D37" t="s">
         <v>139</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>140</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
+        <v>80</v>
+      </c>
+      <c r="B38" t="s">
+        <v>81</v>
+      </c>
+      <c r="C38" t="s">
         <v>142</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
         <v>143</v>
       </c>
-      <c r="C38" t="s">
+      <c r="E38" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="D38" t="s">
+      <c r="F38" s="2" t="s">
         <v>145</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B39" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C39" t="s">
         <v>148</v>
       </c>
       <c r="D39" t="s">
         <v>149</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>150</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B40" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C40" t="s">
         <v>152</v>
       </c>
       <c r="D40" t="s">
         <v>153</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>154</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B41" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C41" t="s">
         <v>156</v>
       </c>
       <c r="D41" t="s">
         <v>157</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>158</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B42" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C42" t="s">
         <v>160</v>
       </c>
       <c r="D42" t="s">
         <v>161</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>162</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B43" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C43" t="s">
         <v>164</v>
       </c>
       <c r="D43" t="s">
         <v>165</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>166</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B44" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C44" t="s">
         <v>168</v>
       </c>
       <c r="D44" t="s">
         <v>169</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>170</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B45" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C45" t="s">
         <v>172</v>
       </c>
       <c r="D45" t="s">
         <v>173</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>174</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B46" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C46" t="s">
         <v>176</v>
       </c>
       <c r="D46" t="s">
         <v>177</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>178</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B47" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C47" t="s">
         <v>180</v>
       </c>
       <c r="D47" t="s">
         <v>181</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>182</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B48" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C48" t="s">
         <v>184</v>
       </c>
       <c r="D48" t="s">
         <v>185</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>186</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B49" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C49" t="s">
         <v>188</v>
       </c>
       <c r="D49" t="s">
         <v>189</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>190</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B50" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C50" t="s">
         <v>192</v>
       </c>
       <c r="D50" t="s">
         <v>193</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>194</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B51" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C51" t="s">
         <v>196</v>
       </c>
       <c r="D51" t="s">
         <v>197</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>198</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B52" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C52" t="s">
         <v>200</v>
       </c>
       <c r="D52" t="s">
         <v>201</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>202</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
+        <v>146</v>
+      </c>
+      <c r="B53" t="s">
+        <v>147</v>
+      </c>
+      <c r="C53" t="s">
         <v>204</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
         <v>205</v>
       </c>
-      <c r="C53" t="s">
+      <c r="E53" s="2" t="s">
         <v>206</v>
       </c>
-      <c r="D53" t="s">
+      <c r="F53" s="2" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
-        <v>204</v>
+        <v>146</v>
       </c>
       <c r="B54" t="s">
-        <v>205</v>
+        <v>147</v>
       </c>
       <c r="C54" t="s">
+        <v>208</v>
+      </c>
+      <c r="D54" t="s">
+        <v>209</v>
+      </c>
+      <c r="E54" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="D54" t="s">
+      <c r="F54" s="2" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="B55" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="C55" t="s">
         <v>214</v>
       </c>
       <c r="D55" t="s">
         <v>215</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>216</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="B56" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="C56" t="s">
         <v>218</v>
       </c>
       <c r="D56" t="s">
         <v>219</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>220</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="B57" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="C57" t="s">
         <v>222</v>
       </c>
       <c r="D57" t="s">
         <v>223</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>224</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="B58" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="C58" t="s">
         <v>226</v>
       </c>
       <c r="D58" t="s">
         <v>227</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="B59" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="C59" t="s">
         <v>230</v>
       </c>
       <c r="D59" t="s">
         <v>231</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>232</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="B60" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="C60" t="s">
         <v>234</v>
       </c>
       <c r="D60" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="B61" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="C61" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D61" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="B62" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="C62" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D62" t="s">
         <v>242</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>243</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="B63" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="C63" t="s">
         <v>245</v>
       </c>
       <c r="D63" t="s">
         <v>246</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>247</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="B64" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="C64" t="s">
         <v>249</v>
       </c>
       <c r="D64" t="s">
         <v>250</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>251</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="B65" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="C65" t="s">
         <v>253</v>
       </c>
       <c r="D65" t="s">
         <v>254</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>255</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="B66" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="C66" t="s">
         <v>257</v>
       </c>
       <c r="D66" t="s">
         <v>258</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>259</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="B67" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="C67" t="s">
         <v>261</v>
       </c>
       <c r="D67" t="s">
         <v>262</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>263</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="B68" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="C68" t="s">
         <v>265</v>
       </c>
       <c r="D68" t="s">
         <v>266</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>267</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="B69" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="C69" t="s">
         <v>269</v>
       </c>
       <c r="D69" t="s">
         <v>270</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>271</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="B70" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="C70" t="s">
         <v>273</v>
       </c>
       <c r="D70" t="s">
         <v>274</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>275</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
+        <v>212</v>
+      </c>
+      <c r="B71" t="s">
+        <v>213</v>
+      </c>
+      <c r="C71" t="s">
         <v>277</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
         <v>278</v>
       </c>
-      <c r="C71" t="s">
+      <c r="E71" s="2" t="s">
         <v>279</v>
       </c>
-      <c r="D71" t="s">
+      <c r="F71" s="2" t="s">
         <v>280</v>
-      </c>
-[...4 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>277</v>
+        <v>212</v>
       </c>
       <c r="B72" t="s">
-        <v>278</v>
+        <v>213</v>
       </c>
       <c r="C72" t="s">
+        <v>281</v>
+      </c>
+      <c r="D72" t="s">
+        <v>282</v>
+      </c>
+      <c r="E72" s="2" t="s">
         <v>283</v>
       </c>
-      <c r="D72" t="s">
+      <c r="F72" s="2" t="s">
         <v>284</v>
-      </c>
-[...4 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="B73" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="C73" t="s">
         <v>287</v>
       </c>
       <c r="D73" t="s">
         <v>288</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>289</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="B74" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="C74" t="s">
         <v>291</v>
       </c>
       <c r="D74" t="s">
         <v>292</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>293</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="B75" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="C75" t="s">
         <v>295</v>
       </c>
       <c r="D75" t="s">
         <v>296</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>297</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="B76" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="C76" t="s">
         <v>299</v>
       </c>
       <c r="D76" t="s">
         <v>300</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>301</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="B77" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="C77" t="s">
         <v>303</v>
       </c>
       <c r="D77" t="s">
         <v>304</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>305</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="B78" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="C78" t="s">
         <v>307</v>
       </c>
       <c r="D78" t="s">
         <v>308</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>309</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="B79" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="C79" t="s">
         <v>311</v>
       </c>
       <c r="D79" t="s">
         <v>312</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>313</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="B80" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="C80" t="s">
         <v>315</v>
       </c>
       <c r="D80" t="s">
         <v>316</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>317</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="B81" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="C81" t="s">
         <v>319</v>
       </c>
       <c r="D81" t="s">
         <v>320</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>321</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="B82" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="C82" t="s">
         <v>323</v>
       </c>
       <c r="D82" t="s">
         <v>324</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>325</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
+        <v>285</v>
+      </c>
+      <c r="B83" t="s">
+        <v>286</v>
+      </c>
+      <c r="C83" t="s">
         <v>327</v>
       </c>
-      <c r="B83" t="s">
+      <c r="D83" t="s">
         <v>328</v>
       </c>
-      <c r="C83" t="s">
+      <c r="E83" s="2" t="s">
         <v>329</v>
       </c>
-      <c r="D83" t="s">
+      <c r="F83" s="2" t="s">
         <v>330</v>
-      </c>
-[...4 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>327</v>
+        <v>285</v>
       </c>
       <c r="B84" t="s">
-        <v>328</v>
+        <v>286</v>
       </c>
       <c r="C84" t="s">
+        <v>331</v>
+      </c>
+      <c r="D84" t="s">
+        <v>332</v>
+      </c>
+      <c r="E84" s="2" t="s">
         <v>333</v>
       </c>
-      <c r="D84" t="s">
+      <c r="F84" s="2" t="s">
         <v>334</v>
-      </c>
-[...4 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>327</v>
+        <v>285</v>
       </c>
       <c r="B85" t="s">
-        <v>328</v>
+        <v>286</v>
       </c>
       <c r="C85" t="s">
+        <v>335</v>
+      </c>
+      <c r="D85" t="s">
+        <v>336</v>
+      </c>
+      <c r="E85" s="2" t="s">
         <v>337</v>
       </c>
-      <c r="D85" t="s">
+      <c r="F85" s="2" t="s">
         <v>338</v>
-      </c>
-[...4 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="B86" t="s">
-        <v>328</v>
+        <v>340</v>
       </c>
       <c r="C86" t="s">
-        <v>311</v>
+        <v>341</v>
       </c>
       <c r="D86" t="s">
-        <v>312</v>
+        <v>342</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>313</v>
+        <v>343</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>314</v>
+        <v>344</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="B87" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="C87" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="D87" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="B88" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="C88" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="D88" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="B89" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="C89" t="s">
-        <v>351</v>
+        <v>323</v>
       </c>
       <c r="D89" t="s">
-        <v>351</v>
+        <v>324</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>352</v>
+        <v>325</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>353</v>
+        <v>326</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B90" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C90" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D90" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B91" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C91" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D91" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B92" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C92" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D92" t="s">
         <v>363</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>364</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B93" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C93" t="s">
         <v>366</v>
       </c>
       <c r="D93" t="s">
         <v>367</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>368</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B94" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C94" t="s">
         <v>370</v>
       </c>
       <c r="D94" t="s">
         <v>371</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>372</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B95" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C95" t="s">
         <v>374</v>
       </c>
       <c r="D95" t="s">
         <v>375</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>376</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B96" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C96" t="s">
         <v>378</v>
       </c>
       <c r="D96" t="s">
         <v>379</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>380</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B97" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C97" t="s">
         <v>382</v>
       </c>
       <c r="D97" t="s">
         <v>383</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>384</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B98" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C98" t="s">
         <v>386</v>
       </c>
       <c r="D98" t="s">
         <v>387</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>388</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B99" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C99" t="s">
         <v>390</v>
       </c>
       <c r="D99" t="s">
         <v>391</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>392</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B100" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C100" t="s">
         <v>394</v>
       </c>
       <c r="D100" t="s">
         <v>395</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B101" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C101" t="s">
         <v>398</v>
       </c>
       <c r="D101" t="s">
         <v>399</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>400</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B102" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C102" t="s">
         <v>402</v>
       </c>
       <c r="D102" t="s">
         <v>403</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>404</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B103" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C103" t="s">
         <v>406</v>
       </c>
       <c r="D103" t="s">
         <v>407</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>408</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B104" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C104" t="s">
         <v>410</v>
       </c>
       <c r="D104" t="s">
         <v>411</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>412</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B105" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C105" t="s">
         <v>414</v>
       </c>
       <c r="D105" t="s">
         <v>415</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>416</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B106" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C106" t="s">
         <v>418</v>
       </c>
       <c r="D106" t="s">
         <v>419</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>420</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B107" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C107" t="s">
         <v>422</v>
       </c>
       <c r="D107" t="s">
         <v>423</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>424</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B108" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C108" t="s">
         <v>426</v>
       </c>
       <c r="D108" t="s">
         <v>427</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>428</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B109" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C109" t="s">
         <v>430</v>
       </c>
       <c r="D109" t="s">
         <v>431</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>432</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B110" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C110" t="s">
         <v>434</v>
       </c>
       <c r="D110" t="s">
         <v>435</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>436</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B111" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C111" t="s">
         <v>438</v>
       </c>
       <c r="D111" t="s">
         <v>439</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>440</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B112" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C112" t="s">
         <v>442</v>
       </c>
       <c r="D112" t="s">
         <v>443</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>444</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B113" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C113" t="s">
         <v>446</v>
       </c>
       <c r="D113" t="s">
         <v>447</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>448</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B114" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C114" t="s">
         <v>450</v>
       </c>
       <c r="D114" t="s">
         <v>451</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>452</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B115" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C115" t="s">
         <v>454</v>
       </c>
       <c r="D115" t="s">
         <v>455</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>456</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B116" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C116" t="s">
         <v>458</v>
       </c>
       <c r="D116" t="s">
         <v>459</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>460</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B117" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C117" t="s">
         <v>462</v>
       </c>
       <c r="D117" t="s">
         <v>463</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>464</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B118" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="C118" t="s">
         <v>466</v>
       </c>
       <c r="D118" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>469</v>
+        <v>353</v>
       </c>
       <c r="B119" t="s">
+        <v>354</v>
+      </c>
+      <c r="C119" t="s">
         <v>470</v>
       </c>
-      <c r="C119" t="s">
+      <c r="D119" t="s">
         <v>471</v>
       </c>
-      <c r="D119" t="s">
+      <c r="E119" s="2" t="s">
         <v>472</v>
       </c>
-      <c r="E119" s="2" t="s">
+      <c r="F119" s="2" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>469</v>
+        <v>353</v>
       </c>
       <c r="B120" t="s">
-        <v>470</v>
+        <v>354</v>
       </c>
       <c r="C120" t="s">
+        <v>474</v>
+      </c>
+      <c r="D120" t="s">
         <v>475</v>
       </c>
-      <c r="D120" t="s">
+      <c r="E120" s="2" t="s">
         <v>476</v>
       </c>
-      <c r="E120" s="2" t="s">
+      <c r="F120" s="2" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>469</v>
+        <v>353</v>
       </c>
       <c r="B121" t="s">
-        <v>470</v>
+        <v>354</v>
       </c>
       <c r="C121" t="s">
+        <v>478</v>
+      </c>
+      <c r="D121" t="s">
+        <v>478</v>
+      </c>
+      <c r="E121" s="2" t="s">
         <v>479</v>
       </c>
-      <c r="D121" t="s">
+      <c r="F121" s="2" t="s">
         <v>480</v>
-      </c>
-[...4 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B122" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C122" t="s">
         <v>483</v>
       </c>
       <c r="D122" t="s">
         <v>484</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>485</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B123" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C123" t="s">
         <v>487</v>
       </c>
       <c r="D123" t="s">
         <v>488</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>489</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B124" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C124" t="s">
         <v>491</v>
       </c>
       <c r="D124" t="s">
         <v>492</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>493</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B125" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C125" t="s">
         <v>495</v>
       </c>
       <c r="D125" t="s">
         <v>496</v>
       </c>
       <c r="E125" s="2" t="s">
         <v>497</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B126" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C126" t="s">
         <v>499</v>
       </c>
       <c r="D126" t="s">
         <v>500</v>
       </c>
       <c r="E126" s="2" t="s">
         <v>501</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B127" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C127" t="s">
         <v>503</v>
       </c>
       <c r="D127" t="s">
         <v>504</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>505</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>506</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B128" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C128" t="s">
         <v>507</v>
       </c>
       <c r="D128" t="s">
         <v>508</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>509</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B129" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C129" t="s">
         <v>511</v>
       </c>
       <c r="D129" t="s">
         <v>512</v>
       </c>
       <c r="E129" s="2" t="s">
         <v>513</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B130" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C130" t="s">
-        <v>291</v>
+        <v>515</v>
       </c>
       <c r="D130" t="s">
-        <v>292</v>
+        <v>516</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B131" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C131" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D131" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B132" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C132" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="D132" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B133" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C133" t="s">
-        <v>525</v>
+        <v>299</v>
       </c>
       <c r="D133" t="s">
-        <v>526</v>
+        <v>300</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>527</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>528</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B134" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C134" t="s">
         <v>529</v>
       </c>
       <c r="D134" t="s">
         <v>530</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>531</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B135" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C135" t="s">
         <v>533</v>
       </c>
       <c r="D135" t="s">
         <v>534</v>
       </c>
       <c r="E135" s="2" t="s">
         <v>535</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B136" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C136" t="s">
         <v>537</v>
       </c>
       <c r="D136" t="s">
         <v>538</v>
       </c>
       <c r="E136" s="2" t="s">
         <v>539</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B137" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C137" t="s">
         <v>541</v>
       </c>
       <c r="D137" t="s">
         <v>542</v>
       </c>
       <c r="E137" s="2" t="s">
         <v>543</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B138" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C138" t="s">
         <v>545</v>
       </c>
       <c r="D138" t="s">
         <v>546</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>547</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B139" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C139" t="s">
         <v>549</v>
       </c>
       <c r="D139" t="s">
         <v>550</v>
       </c>
       <c r="E139" s="2" t="s">
         <v>551</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B140" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C140" t="s">
         <v>553</v>
       </c>
       <c r="D140" t="s">
         <v>554</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>555</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B141" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C141" t="s">
         <v>557</v>
       </c>
       <c r="D141" t="s">
         <v>558</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>559</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B142" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C142" t="s">
         <v>561</v>
       </c>
       <c r="D142" t="s">
         <v>562</v>
       </c>
       <c r="E142" s="2" t="s">
         <v>563</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B143" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C143" t="s">
         <v>565</v>
       </c>
       <c r="D143" t="s">
         <v>566</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>567</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>568</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B144" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C144" t="s">
         <v>569</v>
       </c>
       <c r="D144" t="s">
         <v>570</v>
       </c>
       <c r="E144" s="2" t="s">
         <v>571</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B145" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C145" t="s">
         <v>573</v>
       </c>
       <c r="D145" t="s">
         <v>574</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>575</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>576</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B146" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C146" t="s">
         <v>577</v>
       </c>
       <c r="D146" t="s">
         <v>578</v>
       </c>
       <c r="E146" s="2" t="s">
         <v>579</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B147" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C147" t="s">
         <v>581</v>
       </c>
       <c r="D147" t="s">
         <v>582</v>
       </c>
       <c r="E147" s="2" t="s">
         <v>583</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B148" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C148" t="s">
         <v>585</v>
       </c>
       <c r="D148" t="s">
         <v>586</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>587</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B149" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C149" t="s">
         <v>589</v>
       </c>
       <c r="D149" t="s">
         <v>590</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>591</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B150" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C150" t="s">
         <v>593</v>
       </c>
       <c r="D150" t="s">
         <v>594</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>595</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>596</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B151" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C151" t="s">
         <v>597</v>
       </c>
       <c r="D151" t="s">
         <v>598</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>599</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B152" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C152" t="s">
         <v>601</v>
       </c>
       <c r="D152" t="s">
         <v>602</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>603</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>604</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B153" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C153" t="s">
         <v>605</v>
       </c>
       <c r="D153" t="s">
         <v>606</v>
       </c>
       <c r="E153" s="2" t="s">
         <v>607</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>608</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B154" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C154" t="s">
         <v>609</v>
       </c>
       <c r="D154" t="s">
         <v>610</v>
       </c>
       <c r="E154" s="2" t="s">
         <v>611</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B155" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C155" t="s">
         <v>613</v>
       </c>
       <c r="D155" t="s">
         <v>614</v>
       </c>
       <c r="E155" s="2" t="s">
         <v>615</v>
       </c>
       <c r="F155" s="2" t="s">
         <v>616</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B156" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C156" t="s">
         <v>617</v>
       </c>
       <c r="D156" t="s">
         <v>618</v>
       </c>
       <c r="E156" s="2" t="s">
         <v>619</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
+        <v>481</v>
+      </c>
+      <c r="B157" t="s">
+        <v>482</v>
+      </c>
+      <c r="C157" t="s">
         <v>621</v>
       </c>
-      <c r="B157" t="s">
+      <c r="D157" t="s">
         <v>622</v>
       </c>
-      <c r="C157" t="s">
+      <c r="E157" s="2" t="s">
         <v>623</v>
       </c>
-      <c r="D157" t="s">
+      <c r="F157" s="2" t="s">
         <v>624</v>
-      </c>
-[...4 lines deleted...]
-        <v>626</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>621</v>
+        <v>481</v>
       </c>
       <c r="B158" t="s">
-        <v>622</v>
+        <v>482</v>
       </c>
       <c r="C158" t="s">
+        <v>625</v>
+      </c>
+      <c r="D158" t="s">
+        <v>626</v>
+      </c>
+      <c r="E158" s="2" t="s">
         <v>627</v>
       </c>
-      <c r="D158" t="s">
+      <c r="F158" s="2" t="s">
         <v>628</v>
-      </c>
-[...4 lines deleted...]
-        <v>630</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>621</v>
+        <v>481</v>
       </c>
       <c r="B159" t="s">
-        <v>622</v>
+        <v>482</v>
       </c>
       <c r="C159" t="s">
+        <v>629</v>
+      </c>
+      <c r="D159" t="s">
+        <v>630</v>
+      </c>
+      <c r="E159" s="2" t="s">
         <v>631</v>
       </c>
-      <c r="D159" t="s">
+      <c r="F159" s="2" t="s">
         <v>632</v>
-      </c>
-[...4 lines deleted...]
-        <v>634</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>621</v>
+        <v>481</v>
       </c>
       <c r="B160" t="s">
-        <v>622</v>
+        <v>482</v>
       </c>
       <c r="C160" t="s">
+        <v>633</v>
+      </c>
+      <c r="D160" t="s">
+        <v>634</v>
+      </c>
+      <c r="E160" s="2" t="s">
         <v>635</v>
       </c>
-      <c r="D160" t="s">
+      <c r="F160" s="2" t="s">
         <v>636</v>
-      </c>
-[...4 lines deleted...]
-        <v>638</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>621</v>
+        <v>637</v>
       </c>
       <c r="B161" t="s">
-        <v>622</v>
+        <v>638</v>
       </c>
       <c r="C161" t="s">
         <v>639</v>
       </c>
       <c r="D161" t="s">
         <v>640</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>641</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
+        <v>637</v>
+      </c>
+      <c r="B162" t="s">
+        <v>638</v>
+      </c>
+      <c r="C162" t="s">
         <v>643</v>
       </c>
-      <c r="B162" t="s">
+      <c r="D162" t="s">
         <v>644</v>
       </c>
-      <c r="C162" t="s">
+      <c r="E162" s="2" t="s">
         <v>645</v>
       </c>
-      <c r="D162" t="s">
+      <c r="F162" s="2" t="s">
         <v>646</v>
-      </c>
-[...4 lines deleted...]
-        <v>648</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>643</v>
+        <v>637</v>
       </c>
       <c r="B163" t="s">
-        <v>644</v>
+        <v>638</v>
       </c>
       <c r="C163" t="s">
+        <v>647</v>
+      </c>
+      <c r="D163" t="s">
+        <v>648</v>
+      </c>
+      <c r="E163" s="2" t="s">
         <v>649</v>
       </c>
-      <c r="D163" t="s">
+      <c r="F163" s="2" t="s">
         <v>650</v>
-      </c>
-[...4 lines deleted...]
-        <v>652</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>643</v>
+        <v>637</v>
       </c>
       <c r="B164" t="s">
-        <v>644</v>
+        <v>638</v>
       </c>
       <c r="C164" t="s">
+        <v>651</v>
+      </c>
+      <c r="D164" t="s">
+        <v>652</v>
+      </c>
+      <c r="E164" s="2" t="s">
         <v>653</v>
       </c>
-      <c r="D164" t="s">
+      <c r="F164" s="2" t="s">
         <v>654</v>
-      </c>
-[...4 lines deleted...]
-        <v>656</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>643</v>
+        <v>637</v>
       </c>
       <c r="B165" t="s">
-        <v>644</v>
+        <v>638</v>
       </c>
       <c r="C165" t="s">
+        <v>655</v>
+      </c>
+      <c r="D165" t="s">
+        <v>656</v>
+      </c>
+      <c r="E165" s="2" t="s">
         <v>657</v>
       </c>
-      <c r="D165" t="s">
+      <c r="F165" s="2" t="s">
         <v>658</v>
-      </c>
-[...4 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B166" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C166" t="s">
         <v>661</v>
       </c>
       <c r="D166" t="s">
         <v>662</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>663</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B167" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C167" t="s">
         <v>665</v>
       </c>
       <c r="D167" t="s">
         <v>666</v>
       </c>
       <c r="E167" s="2" t="s">
         <v>667</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B168" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C168" t="s">
         <v>669</v>
       </c>
       <c r="D168" t="s">
         <v>670</v>
       </c>
       <c r="E168" s="2" t="s">
         <v>671</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B169" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C169" t="s">
-        <v>366</v>
+        <v>673</v>
       </c>
       <c r="D169" t="s">
-        <v>367</v>
+        <v>674</v>
       </c>
       <c r="E169" s="2" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B170" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C170" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="D170" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="E170" s="2" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B171" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C171" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="D171" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="E171" s="2" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B172" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C172" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="D172" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="E172" s="2" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B173" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C173" t="s">
-        <v>687</v>
+        <v>378</v>
       </c>
       <c r="D173" t="s">
-        <v>688</v>
+        <v>379</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>689</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>690</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B174" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C174" t="s">
         <v>691</v>
       </c>
       <c r="D174" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="E174" s="2" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B175" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C175" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D175" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="E175" s="2" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B176" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C176" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="D176" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="E176" s="2" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B177" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C177" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D177" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="E177" s="2" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B178" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C178" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="D178" t="s">
         <v>707</v>
       </c>
       <c r="E178" s="2" t="s">
         <v>708</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B179" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C179" t="s">
         <v>710</v>
       </c>
       <c r="D179" t="s">
         <v>711</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>712</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B180" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C180" t="s">
         <v>714</v>
       </c>
       <c r="D180" t="s">
         <v>715</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>716</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B181" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C181" t="s">
-        <v>237</v>
+        <v>718</v>
       </c>
       <c r="D181" t="s">
-        <v>238</v>
+        <v>719</v>
       </c>
       <c r="E181" s="2" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B182" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C182" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="D182" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="E182" s="2" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B183" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C183" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="D183" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="E183" s="2" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B184" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C184" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="D184" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="E184" s="2" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B185" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C185" t="s">
-        <v>732</v>
+        <v>245</v>
       </c>
       <c r="D185" t="s">
-        <v>733</v>
+        <v>246</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>734</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B186" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C186" t="s">
         <v>736</v>
       </c>
       <c r="D186" t="s">
         <v>737</v>
       </c>
       <c r="E186" s="2" t="s">
         <v>738</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B187" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C187" t="s">
         <v>740</v>
       </c>
       <c r="D187" t="s">
         <v>741</v>
       </c>
       <c r="E187" s="2" t="s">
         <v>742</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B188" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C188" t="s">
         <v>744</v>
       </c>
       <c r="D188" t="s">
         <v>745</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>746</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B189" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C189" t="s">
         <v>748</v>
       </c>
       <c r="D189" t="s">
         <v>749</v>
       </c>
       <c r="E189" s="2" t="s">
         <v>750</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>751</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B190" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C190" t="s">
         <v>752</v>
       </c>
       <c r="D190" t="s">
         <v>753</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>754</v>
       </c>
       <c r="F190" s="2" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B191" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C191" t="s">
         <v>756</v>
       </c>
       <c r="D191" t="s">
         <v>757</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>758</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>759</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B192" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C192" t="s">
         <v>760</v>
       </c>
       <c r="D192" t="s">
         <v>761</v>
       </c>
       <c r="E192" s="2" t="s">
         <v>762</v>
       </c>
       <c r="F192" s="2" t="s">
         <v>763</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="B193" t="s">
-        <v>644</v>
+        <v>660</v>
       </c>
       <c r="C193" t="s">
         <v>764</v>
       </c>
       <c r="D193" t="s">
         <v>765</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>766</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
+        <v>659</v>
+      </c>
+      <c r="B194" t="s">
+        <v>660</v>
+      </c>
+      <c r="C194" t="s">
         <v>768</v>
       </c>
-      <c r="B194" t="s">
+      <c r="D194" t="s">
         <v>769</v>
       </c>
-      <c r="C194" t="s">
+      <c r="E194" s="2" t="s">
         <v>770</v>
       </c>
-      <c r="D194" t="s">
+      <c r="F194" s="2" t="s">
         <v>771</v>
-      </c>
-[...4 lines deleted...]
-        <v>773</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>768</v>
+        <v>659</v>
       </c>
       <c r="B195" t="s">
-        <v>769</v>
+        <v>660</v>
       </c>
       <c r="C195" t="s">
+        <v>772</v>
+      </c>
+      <c r="D195" t="s">
+        <v>773</v>
+      </c>
+      <c r="E195" s="2" t="s">
         <v>774</v>
       </c>
-      <c r="D195" t="s">
+      <c r="F195" s="2" t="s">
         <v>775</v>
-      </c>
-[...4 lines deleted...]
-        <v>777</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>768</v>
+        <v>659</v>
       </c>
       <c r="B196" t="s">
-        <v>769</v>
+        <v>660</v>
       </c>
       <c r="C196" t="s">
+        <v>776</v>
+      </c>
+      <c r="D196" t="s">
+        <v>777</v>
+      </c>
+      <c r="E196" s="2" t="s">
         <v>778</v>
       </c>
-      <c r="D196" t="s">
+      <c r="F196" s="2" t="s">
         <v>779</v>
-      </c>
-[...4 lines deleted...]
-        <v>781</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>768</v>
+        <v>659</v>
       </c>
       <c r="B197" t="s">
-        <v>769</v>
+        <v>660</v>
       </c>
       <c r="C197" t="s">
+        <v>780</v>
+      </c>
+      <c r="D197" t="s">
+        <v>781</v>
+      </c>
+      <c r="E197" s="2" t="s">
         <v>782</v>
       </c>
-      <c r="D197" t="s">
+      <c r="F197" s="2" t="s">
         <v>783</v>
-      </c>
-[...4 lines deleted...]
-        <v>785</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>768</v>
+        <v>784</v>
       </c>
       <c r="B198" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="C198" t="s">
         <v>786</v>
       </c>
       <c r="D198" t="s">
         <v>787</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>788</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>768</v>
+        <v>784</v>
       </c>
       <c r="B199" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="C199" t="s">
         <v>790</v>
       </c>
       <c r="D199" t="s">
         <v>791</v>
       </c>
       <c r="E199" s="2" t="s">
         <v>792</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>768</v>
+        <v>784</v>
       </c>
       <c r="B200" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="C200" t="s">
         <v>794</v>
       </c>
       <c r="D200" t="s">
         <v>795</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>796</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>768</v>
+        <v>784</v>
       </c>
       <c r="B201" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="C201" t="s">
         <v>798</v>
       </c>
       <c r="D201" t="s">
         <v>799</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>800</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>768</v>
+        <v>784</v>
       </c>
       <c r="B202" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="C202" t="s">
         <v>802</v>
       </c>
       <c r="D202" t="s">
         <v>803</v>
       </c>
       <c r="E202" s="2" t="s">
         <v>804</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>768</v>
+        <v>784</v>
       </c>
       <c r="B203" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="C203" t="s">
         <v>806</v>
       </c>
       <c r="D203" t="s">
         <v>807</v>
       </c>
       <c r="E203" s="2" t="s">
         <v>808</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>768</v>
+        <v>784</v>
       </c>
       <c r="B204" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="C204" t="s">
         <v>810</v>
       </c>
       <c r="D204" t="s">
         <v>811</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>812</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>813</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>768</v>
+        <v>784</v>
       </c>
       <c r="B205" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="C205" t="s">
         <v>814</v>
       </c>
       <c r="D205" t="s">
         <v>815</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>816</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>768</v>
+        <v>784</v>
       </c>
       <c r="B206" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="C206" t="s">
         <v>818</v>
       </c>
       <c r="D206" t="s">
         <v>819</v>
       </c>
       <c r="E206" s="2" t="s">
         <v>820</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>768</v>
+        <v>784</v>
       </c>
       <c r="B207" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="C207" t="s">
         <v>822</v>
       </c>
       <c r="D207" t="s">
         <v>823</v>
       </c>
       <c r="E207" s="2" t="s">
         <v>824</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>825</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>768</v>
+        <v>784</v>
       </c>
       <c r="B208" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="C208" t="s">
         <v>826</v>
       </c>
       <c r="D208" t="s">
         <v>827</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>828</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>829</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>768</v>
+        <v>784</v>
       </c>
       <c r="B209" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="C209" t="s">
         <v>830</v>
       </c>
       <c r="D209" t="s">
         <v>831</v>
       </c>
       <c r="E209" s="2" t="s">
         <v>832</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>768</v>
+        <v>784</v>
       </c>
       <c r="B210" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="C210" t="s">
         <v>834</v>
       </c>
       <c r="D210" t="s">
         <v>835</v>
       </c>
       <c r="E210" s="2" t="s">
         <v>836</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>837</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>768</v>
+        <v>784</v>
       </c>
       <c r="B211" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="C211" t="s">
         <v>838</v>
       </c>
       <c r="D211" t="s">
         <v>839</v>
       </c>
       <c r="E211" s="2" t="s">
         <v>840</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>841</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
-        <v>768</v>
+        <v>784</v>
       </c>
       <c r="B212" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="C212" t="s">
         <v>842</v>
       </c>
       <c r="D212" t="s">
         <v>843</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>844</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>845</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>768</v>
+        <v>784</v>
       </c>
       <c r="B213" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="C213" t="s">
         <v>846</v>
       </c>
       <c r="D213" t="s">
         <v>847</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>848</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>849</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
-        <v>768</v>
+        <v>784</v>
       </c>
       <c r="B214" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="C214" t="s">
         <v>850</v>
       </c>
       <c r="D214" t="s">
         <v>851</v>
       </c>
       <c r="E214" s="2" t="s">
         <v>852</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>768</v>
+        <v>784</v>
       </c>
       <c r="B215" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="C215" t="s">
         <v>854</v>
       </c>
       <c r="D215" t="s">
         <v>855</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>856</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
-        <v>768</v>
+        <v>784</v>
       </c>
       <c r="B216" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="C216" t="s">
         <v>858</v>
       </c>
       <c r="D216" t="s">
         <v>859</v>
       </c>
       <c r="E216" s="2" t="s">
         <v>860</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>861</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
-        <v>768</v>
+        <v>784</v>
       </c>
       <c r="B217" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="C217" t="s">
         <v>862</v>
       </c>
       <c r="D217" t="s">
         <v>863</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>864</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>865</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
-        <v>768</v>
+        <v>784</v>
       </c>
       <c r="B218" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="C218" t="s">
         <v>866</v>
       </c>
       <c r="D218" t="s">
         <v>867</v>
       </c>
       <c r="E218" s="2" t="s">
         <v>868</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>869</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
+        <v>784</v>
+      </c>
+      <c r="B219" t="s">
+        <v>785</v>
+      </c>
+      <c r="C219" t="s">
         <v>870</v>
       </c>
-      <c r="B219" t="s">
+      <c r="D219" t="s">
         <v>871</v>
-      </c>
-[...4 lines deleted...]
-        <v>292</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>872</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>873</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
-        <v>870</v>
+        <v>784</v>
       </c>
       <c r="B220" t="s">
-        <v>871</v>
+        <v>785</v>
       </c>
       <c r="C220" t="s">
-        <v>517</v>
+        <v>874</v>
       </c>
       <c r="D220" t="s">
-        <v>518</v>
+        <v>875</v>
       </c>
       <c r="E220" s="2" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
-        <v>870</v>
+        <v>784</v>
       </c>
       <c r="B221" t="s">
-        <v>871</v>
+        <v>785</v>
       </c>
       <c r="C221" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="D221" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="E221" s="2" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
-        <v>870</v>
+        <v>784</v>
       </c>
       <c r="B222" t="s">
-        <v>871</v>
+        <v>785</v>
       </c>
       <c r="C222" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="D222" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="E222" s="2" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
-        <v>870</v>
+        <v>886</v>
       </c>
       <c r="B223" t="s">
-        <v>871</v>
+        <v>887</v>
       </c>
       <c r="C223" t="s">
-        <v>884</v>
+        <v>299</v>
       </c>
       <c r="D223" t="s">
-        <v>885</v>
+        <v>300</v>
       </c>
       <c r="E223" s="2" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>870</v>
+        <v>886</v>
       </c>
       <c r="B224" t="s">
-        <v>871</v>
+        <v>887</v>
       </c>
       <c r="C224" t="s">
-        <v>888</v>
+        <v>529</v>
       </c>
       <c r="D224" t="s">
-        <v>889</v>
+        <v>530</v>
       </c>
       <c r="E224" s="2" t="s">
         <v>890</v>
       </c>
       <c r="F224" s="2" t="s">
         <v>891</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
-        <v>870</v>
+        <v>886</v>
       </c>
       <c r="B225" t="s">
-        <v>871</v>
+        <v>887</v>
       </c>
       <c r="C225" t="s">
         <v>892</v>
       </c>
       <c r="D225" t="s">
         <v>893</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>894</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>895</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
-        <v>870</v>
+        <v>886</v>
       </c>
       <c r="B226" t="s">
-        <v>871</v>
+        <v>887</v>
       </c>
       <c r="C226" t="s">
         <v>896</v>
       </c>
       <c r="D226" t="s">
         <v>897</v>
       </c>
       <c r="E226" s="2" t="s">
         <v>898</v>
       </c>
       <c r="F226" s="2" t="s">
         <v>899</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
-        <v>870</v>
+        <v>886</v>
       </c>
       <c r="B227" t="s">
-        <v>871</v>
+        <v>887</v>
       </c>
       <c r="C227" t="s">
         <v>900</v>
       </c>
       <c r="D227" t="s">
         <v>901</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>902</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
-        <v>870</v>
+        <v>886</v>
       </c>
       <c r="B228" t="s">
-        <v>871</v>
+        <v>887</v>
       </c>
       <c r="C228" t="s">
-        <v>299</v>
+        <v>904</v>
       </c>
       <c r="D228" t="s">
-        <v>300</v>
+        <v>905</v>
       </c>
       <c r="E228" s="2" t="s">
-        <v>301</v>
+        <v>906</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>302</v>
+        <v>907</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
-        <v>870</v>
+        <v>886</v>
       </c>
       <c r="B229" t="s">
-        <v>871</v>
+        <v>887</v>
       </c>
       <c r="C229" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="D229" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="E229" s="2" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
-        <v>870</v>
+        <v>886</v>
       </c>
       <c r="B230" t="s">
-        <v>871</v>
+        <v>887</v>
       </c>
       <c r="C230" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="D230" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="E230" s="2" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
-        <v>870</v>
+        <v>886</v>
       </c>
       <c r="B231" t="s">
-        <v>871</v>
+        <v>887</v>
       </c>
       <c r="C231" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="D231" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="E231" s="2" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>915</v>
+        <v>919</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
-        <v>870</v>
+        <v>886</v>
       </c>
       <c r="B232" t="s">
-        <v>871</v>
+        <v>887</v>
       </c>
       <c r="C232" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="D232" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="E232" s="2" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
-        <v>870</v>
+        <v>886</v>
       </c>
       <c r="B233" t="s">
-        <v>871</v>
+        <v>887</v>
       </c>
       <c r="C233" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="D233" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="E233" s="2" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>870</v>
+        <v>886</v>
       </c>
       <c r="B234" t="s">
-        <v>871</v>
+        <v>887</v>
       </c>
       <c r="C234" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="D234" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="E234" s="2" t="s">
-        <v>922</v>
+        <v>926</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
-        <v>870</v>
+        <v>886</v>
       </c>
       <c r="B235" t="s">
-        <v>871</v>
+        <v>887</v>
       </c>
       <c r="C235" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="D235" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="E235" s="2" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
-        <v>870</v>
+        <v>886</v>
       </c>
       <c r="B236" t="s">
-        <v>871</v>
+        <v>887</v>
       </c>
       <c r="C236" t="s">
-        <v>928</v>
+        <v>315</v>
       </c>
       <c r="D236" t="s">
-        <v>929</v>
+        <v>316</v>
       </c>
       <c r="E236" s="2" t="s">
-        <v>930</v>
+        <v>317</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>931</v>
+        <v>318</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
-        <v>870</v>
+        <v>886</v>
       </c>
       <c r="B237" t="s">
-        <v>871</v>
+        <v>887</v>
       </c>
       <c r="C237" t="s">
-        <v>311</v>
+        <v>932</v>
       </c>
       <c r="D237" t="s">
-        <v>312</v>
+        <v>933</v>
       </c>
       <c r="E237" s="2" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
-        <v>870</v>
+        <v>886</v>
       </c>
       <c r="B238" t="s">
-        <v>871</v>
+        <v>887</v>
       </c>
       <c r="C238" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="D238" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="E238" s="2" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
-        <v>938</v>
+        <v>886</v>
       </c>
       <c r="B239" t="s">
-        <v>939</v>
+        <v>887</v>
       </c>
       <c r="C239" t="s">
         <v>940</v>
       </c>
       <c r="D239" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="E239" s="2" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
-        <v>938</v>
+        <v>886</v>
       </c>
       <c r="B240" t="s">
-        <v>939</v>
+        <v>887</v>
       </c>
       <c r="C240" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="D240" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="E240" s="2" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
-        <v>938</v>
+        <v>886</v>
       </c>
       <c r="B241" t="s">
-        <v>939</v>
+        <v>887</v>
       </c>
       <c r="C241" t="s">
-        <v>947</v>
+        <v>323</v>
       </c>
       <c r="D241" t="s">
+        <v>324</v>
+      </c>
+      <c r="E241" s="2" t="s">
         <v>948</v>
       </c>
-      <c r="E241" s="2" t="s">
+      <c r="F241" s="2" t="s">
         <v>949</v>
-      </c>
-[...1 lines deleted...]
-        <v>950</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
-        <v>938</v>
+        <v>886</v>
       </c>
       <c r="B242" t="s">
-        <v>939</v>
+        <v>887</v>
       </c>
       <c r="C242" t="s">
+        <v>950</v>
+      </c>
+      <c r="D242" t="s">
         <v>951</v>
       </c>
-      <c r="D242" t="s">
+      <c r="E242" s="2" t="s">
         <v>952</v>
       </c>
-      <c r="E242" s="2" t="s">
+      <c r="F242" s="2" t="s">
         <v>953</v>
-      </c>
-[...1 lines deleted...]
-        <v>954</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
-        <v>938</v>
+        <v>954</v>
       </c>
       <c r="B243" t="s">
-        <v>939</v>
+        <v>955</v>
       </c>
       <c r="C243" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="D243" t="s">
         <v>956</v>
       </c>
       <c r="E243" s="2" t="s">
         <v>957</v>
       </c>
       <c r="F243" s="2" t="s">
         <v>958</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
-        <v>938</v>
+        <v>954</v>
       </c>
       <c r="B244" t="s">
-        <v>939</v>
+        <v>955</v>
       </c>
       <c r="C244" t="s">
         <v>959</v>
       </c>
       <c r="D244" t="s">
         <v>960</v>
       </c>
       <c r="E244" s="2" t="s">
         <v>961</v>
       </c>
       <c r="F244" s="2" t="s">
         <v>962</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
-        <v>938</v>
+        <v>954</v>
       </c>
       <c r="B245" t="s">
-        <v>939</v>
+        <v>955</v>
       </c>
       <c r="C245" t="s">
         <v>963</v>
       </c>
       <c r="D245" t="s">
         <v>964</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>965</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>966</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
+        <v>954</v>
+      </c>
+      <c r="B246" t="s">
+        <v>955</v>
+      </c>
+      <c r="C246" t="s">
         <v>967</v>
       </c>
-      <c r="B246" t="s">
+      <c r="D246" t="s">
         <v>968</v>
       </c>
-      <c r="C246" t="s">
+      <c r="E246" s="2" t="s">
         <v>969</v>
       </c>
-      <c r="D246" t="s">
-[...2 lines deleted...]
-      <c r="E246" s="2" t="s">
+      <c r="F246" s="2" t="s">
         <v>970</v>
-      </c>
-[...1 lines deleted...]
-        <v>971</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
-        <v>967</v>
+        <v>954</v>
       </c>
       <c r="B247" t="s">
-        <v>968</v>
+        <v>955</v>
       </c>
       <c r="C247" t="s">
+        <v>971</v>
+      </c>
+      <c r="D247" t="s">
         <v>972</v>
       </c>
-      <c r="D247" t="s">
+      <c r="E247" s="2" t="s">
         <v>973</v>
       </c>
-      <c r="E247" s="2" t="s">
+      <c r="F247" s="2" t="s">
         <v>974</v>
-      </c>
-[...1 lines deleted...]
-        <v>975</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
-        <v>967</v>
+        <v>954</v>
       </c>
       <c r="B248" t="s">
-        <v>968</v>
+        <v>955</v>
       </c>
       <c r="C248" t="s">
+        <v>975</v>
+      </c>
+      <c r="D248" t="s">
         <v>976</v>
       </c>
-      <c r="D248" t="s">
+      <c r="E248" s="2" t="s">
         <v>977</v>
       </c>
-      <c r="E248" s="2" t="s">
+      <c r="F248" s="2" t="s">
         <v>978</v>
-      </c>
-[...1 lines deleted...]
-        <v>979</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
-        <v>967</v>
+        <v>954</v>
       </c>
       <c r="B249" t="s">
-        <v>968</v>
+        <v>955</v>
       </c>
       <c r="C249" t="s">
+        <v>979</v>
+      </c>
+      <c r="D249" t="s">
         <v>980</v>
       </c>
-      <c r="D249" t="s">
+      <c r="E249" s="2" t="s">
         <v>981</v>
       </c>
-      <c r="E249" s="2" t="s">
+      <c r="F249" s="2" t="s">
         <v>982</v>
-      </c>
-[...1 lines deleted...]
-        <v>983</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
-        <v>967</v>
+        <v>983</v>
       </c>
       <c r="B250" t="s">
-        <v>968</v>
+        <v>984</v>
       </c>
       <c r="C250" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="D250" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="E250" s="2" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
-        <v>967</v>
+        <v>983</v>
       </c>
       <c r="B251" t="s">
-        <v>968</v>
+        <v>984</v>
       </c>
       <c r="C251" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="D251" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="E251" s="2" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
-        <v>967</v>
+        <v>983</v>
       </c>
       <c r="B252" t="s">
-        <v>968</v>
+        <v>984</v>
       </c>
       <c r="C252" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D252" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="E252" s="2" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
-        <v>967</v>
+        <v>983</v>
       </c>
       <c r="B253" t="s">
-        <v>968</v>
+        <v>984</v>
       </c>
       <c r="C253" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="D253" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="E253" s="2" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
-        <v>967</v>
+        <v>983</v>
       </c>
       <c r="B254" t="s">
-        <v>968</v>
+        <v>984</v>
       </c>
       <c r="C254" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="D254" t="s">
         <v>1000</v>
       </c>
       <c r="E254" s="2" t="s">
         <v>1001</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>1002</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
-        <v>967</v>
+        <v>983</v>
       </c>
       <c r="B255" t="s">
-        <v>968</v>
+        <v>984</v>
       </c>
       <c r="C255" t="s">
         <v>1003</v>
       </c>
       <c r="D255" t="s">
         <v>1004</v>
       </c>
       <c r="E255" s="2" t="s">
         <v>1005</v>
       </c>
       <c r="F255" s="2" t="s">
         <v>1006</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
-        <v>967</v>
+        <v>983</v>
       </c>
       <c r="B256" t="s">
-        <v>968</v>
+        <v>984</v>
       </c>
       <c r="C256" t="s">
         <v>1007</v>
       </c>
       <c r="D256" t="s">
         <v>1008</v>
       </c>
       <c r="E256" s="2" t="s">
         <v>1009</v>
       </c>
       <c r="F256" s="2" t="s">
         <v>1010</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
-        <v>967</v>
+        <v>983</v>
       </c>
       <c r="B257" t="s">
-        <v>968</v>
+        <v>984</v>
       </c>
       <c r="C257" t="s">
         <v>1011</v>
       </c>
       <c r="D257" t="s">
         <v>1012</v>
       </c>
       <c r="E257" s="2" t="s">
         <v>1013</v>
       </c>
       <c r="F257" s="2" t="s">
         <v>1014</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
+        <v>983</v>
+      </c>
+      <c r="B258" t="s">
+        <v>984</v>
+      </c>
+      <c r="C258" t="s">
         <v>1015</v>
       </c>
-      <c r="B258" t="s">
+      <c r="D258" t="s">
         <v>1016</v>
       </c>
-      <c r="C258" t="s">
+      <c r="E258" s="2" t="s">
         <v>1017</v>
       </c>
-      <c r="D258" t="s">
+      <c r="F258" s="2" t="s">
         <v>1018</v>
-      </c>
-[...4 lines deleted...]
-        <v>1020</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
-        <v>1015</v>
+        <v>983</v>
       </c>
       <c r="B259" t="s">
-        <v>1016</v>
+        <v>984</v>
       </c>
       <c r="C259" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D259" t="s">
+        <v>1020</v>
+      </c>
+      <c r="E259" s="2" t="s">
         <v>1021</v>
       </c>
-      <c r="D259" t="s">
+      <c r="F259" s="2" t="s">
         <v>1022</v>
-      </c>
-[...4 lines deleted...]
-        <v>1024</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>1015</v>
+        <v>983</v>
       </c>
       <c r="B260" t="s">
-        <v>1016</v>
+        <v>984</v>
       </c>
       <c r="C260" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D260" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E260" s="2" t="s">
         <v>1025</v>
       </c>
-      <c r="D260" t="s">
+      <c r="F260" s="2" t="s">
         <v>1026</v>
-      </c>
-[...4 lines deleted...]
-        <v>1028</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
-        <v>1015</v>
+        <v>983</v>
       </c>
       <c r="B261" t="s">
-        <v>1016</v>
+        <v>984</v>
       </c>
       <c r="C261" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D261" t="s">
+        <v>1028</v>
+      </c>
+      <c r="E261" s="2" t="s">
         <v>1029</v>
       </c>
-      <c r="D261" t="s">
+      <c r="F261" s="2" t="s">
         <v>1030</v>
-      </c>
-[...4 lines deleted...]
-        <v>1032</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B262" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C262" t="s">
         <v>1033</v>
       </c>
       <c r="D262" t="s">
         <v>1034</v>
       </c>
       <c r="E262" s="2" t="s">
         <v>1035</v>
       </c>
       <c r="F262" s="2" t="s">
         <v>1036</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B263" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C263" t="s">
         <v>1037</v>
       </c>
       <c r="D263" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="E263" s="2" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B264" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C264" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D264" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="E264" s="2" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B265" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C265" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="D265" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="E265" s="2" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B266" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C266" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="D266" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="E266" s="2" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B267" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C267" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="D267" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="E267" s="2" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B268" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C268" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="D268" t="s">
         <v>1056</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>1057</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>1058</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B269" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C269" t="s">
         <v>1059</v>
       </c>
       <c r="D269" t="s">
         <v>1059</v>
       </c>
       <c r="E269" s="2" t="s">
         <v>1060</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>1061</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B270" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C270" t="s">
         <v>1062</v>
       </c>
       <c r="D270" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="E270" s="2" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B271" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C271" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="D271" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="E271" s="2" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B272" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C272" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="D272" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="E272" s="2" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B273" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C273" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="D273" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="E273" s="2" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B274" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C274" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="D274" t="s">
         <v>1078</v>
       </c>
       <c r="E274" s="2" t="s">
         <v>1079</v>
       </c>
       <c r="F274" s="2" t="s">
         <v>1080</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B275" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C275" t="s">
         <v>1081</v>
       </c>
       <c r="D275" t="s">
         <v>1081</v>
       </c>
       <c r="E275" s="2" t="s">
         <v>1082</v>
       </c>
       <c r="F275" s="2" t="s">
         <v>1083</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B276" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C276" t="s">
         <v>1084</v>
       </c>
       <c r="D276" t="s">
         <v>1085</v>
       </c>
       <c r="E276" s="2" t="s">
         <v>1086</v>
       </c>
       <c r="F276" s="2" t="s">
         <v>1087</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B277" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C277" t="s">
         <v>1088</v>
       </c>
       <c r="D277" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="E277" s="2" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B278" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C278" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="D278" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="E278" s="2" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B279" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C279" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="D279" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="E279" s="2" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B280" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C280" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="D280" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="E280" s="2" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B281" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C281" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="D281" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="E281" s="2" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B282" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C282" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="D282" t="s">
         <v>1107</v>
       </c>
       <c r="E282" s="2" t="s">
         <v>1108</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>1109</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B283" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C283" t="s">
         <v>1110</v>
       </c>
       <c r="D283" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="E283" s="2" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B284" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C284" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="D284" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="E284" s="2" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B285" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C285" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="D285" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="E285" s="2" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B286" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C286" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="D286" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="E286" s="2" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B287" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C287" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="D287" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="E287" s="2" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B288" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C288" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="D288" t="s">
         <v>1129</v>
       </c>
       <c r="E288" s="2" t="s">
         <v>1130</v>
       </c>
       <c r="F288" s="2" t="s">
         <v>1131</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B289" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C289" t="s">
         <v>1132</v>
       </c>
       <c r="D289" t="s">
+        <v>1132</v>
+      </c>
+      <c r="E289" s="2" t="s">
         <v>1133</v>
       </c>
-      <c r="E289" s="2" t="s">
+      <c r="F289" s="2" t="s">
         <v>1134</v>
-      </c>
-[...1 lines deleted...]
-        <v>1135</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B290" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C290" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D290" t="s">
         <v>1136</v>
       </c>
-      <c r="D290" t="s">
+      <c r="E290" s="2" t="s">
         <v>1137</v>
       </c>
-      <c r="E290" s="2" t="s">
+      <c r="F290" s="2" t="s">
         <v>1138</v>
-      </c>
-[...1 lines deleted...]
-        <v>1139</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B291" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C291" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D291" t="s">
         <v>1140</v>
       </c>
-      <c r="D291" t="s">
+      <c r="E291" s="2" t="s">
         <v>1141</v>
       </c>
-      <c r="E291" s="2" t="s">
+      <c r="F291" s="2" t="s">
         <v>1142</v>
-      </c>
-[...1 lines deleted...]
-        <v>1143</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B292" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C292" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D292" t="s">
         <v>1144</v>
       </c>
-      <c r="D292" t="s">
+      <c r="E292" s="2" t="s">
         <v>1145</v>
       </c>
-      <c r="E292" s="2" t="s">
+      <c r="F292" s="2" t="s">
         <v>1146</v>
-      </c>
-[...1 lines deleted...]
-        <v>1147</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B293" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C293" t="s">
-        <v>1148</v>
+        <v>1147</v>
       </c>
       <c r="D293" t="s">
         <v>1148</v>
       </c>
       <c r="E293" s="2" t="s">
         <v>1149</v>
       </c>
       <c r="F293" s="2" t="s">
         <v>1150</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B294" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C294" t="s">
         <v>1151</v>
       </c>
       <c r="D294" t="s">
         <v>1152</v>
       </c>
       <c r="E294" s="2" t="s">
         <v>1153</v>
       </c>
       <c r="F294" s="2" t="s">
         <v>1154</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B295" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C295" t="s">
         <v>1155</v>
       </c>
       <c r="D295" t="s">
         <v>1156</v>
       </c>
       <c r="E295" s="2" t="s">
         <v>1157</v>
       </c>
       <c r="F295" s="2" t="s">
         <v>1158</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B296" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C296" t="s">
         <v>1159</v>
       </c>
       <c r="D296" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="E296" s="2" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B297" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C297" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="D297" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="E297" s="2" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B298" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C298" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="D298" t="s">
         <v>1167</v>
       </c>
       <c r="E298" s="2" t="s">
         <v>1168</v>
       </c>
       <c r="F298" s="2" t="s">
         <v>1169</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B299" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C299" t="s">
         <v>1170</v>
       </c>
       <c r="D299" t="s">
         <v>1171</v>
       </c>
       <c r="E299" s="2" t="s">
         <v>1172</v>
       </c>
       <c r="F299" s="2" t="s">
         <v>1173</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B300" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C300" t="s">
         <v>1174</v>
       </c>
       <c r="D300" t="s">
         <v>1175</v>
       </c>
       <c r="E300" s="2" t="s">
         <v>1176</v>
       </c>
       <c r="F300" s="2" t="s">
         <v>1177</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B301" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C301" t="s">
         <v>1178</v>
       </c>
       <c r="D301" t="s">
+        <v>1178</v>
+      </c>
+      <c r="E301" s="2" t="s">
         <v>1179</v>
       </c>
-      <c r="E301" s="2" t="s">
+      <c r="F301" s="2" t="s">
         <v>1180</v>
-      </c>
-[...1 lines deleted...]
-        <v>1181</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B302" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C302" t="s">
-        <v>1182</v>
+        <v>1181</v>
       </c>
       <c r="D302" t="s">
         <v>1182</v>
       </c>
       <c r="E302" s="2" t="s">
         <v>1183</v>
       </c>
       <c r="F302" s="2" t="s">
         <v>1184</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B303" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C303" t="s">
         <v>1185</v>
       </c>
       <c r="D303" t="s">
         <v>1186</v>
       </c>
       <c r="E303" s="2" t="s">
         <v>1187</v>
       </c>
       <c r="F303" s="2" t="s">
         <v>1188</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B304" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C304" t="s">
         <v>1189</v>
       </c>
       <c r="D304" t="s">
         <v>1190</v>
       </c>
       <c r="E304" s="2" t="s">
         <v>1191</v>
       </c>
       <c r="F304" s="2" t="s">
         <v>1192</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B305" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C305" t="s">
         <v>1193</v>
       </c>
       <c r="D305" t="s">
         <v>1194</v>
       </c>
       <c r="E305" s="2" t="s">
         <v>1195</v>
       </c>
       <c r="F305" s="2" t="s">
         <v>1196</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B306" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C306" t="s">
         <v>1197</v>
       </c>
       <c r="D306" t="s">
         <v>1198</v>
       </c>
       <c r="E306" s="2" t="s">
         <v>1199</v>
       </c>
       <c r="F306" s="2" t="s">
         <v>1200</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B307" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C307" t="s">
         <v>1201</v>
       </c>
       <c r="D307" t="s">
         <v>1202</v>
       </c>
       <c r="E307" s="2" t="s">
         <v>1203</v>
       </c>
       <c r="F307" s="2" t="s">
         <v>1204</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B308" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C308" t="s">
         <v>1205</v>
       </c>
       <c r="D308" t="s">
         <v>1205</v>
       </c>
       <c r="E308" s="2" t="s">
         <v>1206</v>
       </c>
       <c r="F308" s="2" t="s">
         <v>1207</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B309" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C309" t="s">
-        <v>920</v>
+        <v>1208</v>
       </c>
       <c r="D309" t="s">
-        <v>921</v>
+        <v>1209</v>
       </c>
       <c r="E309" s="2" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B310" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C310" t="s">
-        <v>924</v>
+        <v>1212</v>
       </c>
       <c r="D310" t="s">
-        <v>925</v>
+        <v>1213</v>
       </c>
       <c r="E310" s="2" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B311" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C311" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="D311" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="E311" s="2" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B312" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C312" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="D312" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
       <c r="E312" s="2" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B313" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C313" t="s">
-        <v>1220</v>
+        <v>1224</v>
       </c>
       <c r="D313" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
       <c r="E313" s="2" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B314" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C314" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="D314" t="s">
-        <v>1225</v>
+        <v>1229</v>
       </c>
       <c r="E314" s="2" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B315" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C315" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="D315" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="E315" s="2" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B316" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C316" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="D316" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="E316" s="2" t="s">
-        <v>1233</v>
+        <v>1237</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B317" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C317" t="s">
-        <v>1235</v>
+        <v>936</v>
       </c>
       <c r="D317" t="s">
-        <v>1236</v>
+        <v>937</v>
       </c>
       <c r="E317" s="2" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B318" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C318" t="s">
-        <v>1239</v>
+        <v>940</v>
       </c>
       <c r="D318" t="s">
-        <v>1240</v>
+        <v>941</v>
       </c>
       <c r="E318" s="2" t="s">
         <v>1241</v>
       </c>
       <c r="F318" s="2" t="s">
         <v>1242</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="B319" t="s">
-        <v>1016</v>
+        <v>1032</v>
       </c>
       <c r="C319" t="s">
         <v>1243</v>
       </c>
       <c r="D319" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="E319" s="2" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" t="s">
-        <v>1246</v>
+        <v>1031</v>
       </c>
       <c r="B320" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C320" t="s">
         <v>1247</v>
       </c>
-      <c r="C320" t="s">
+      <c r="D320" t="s">
         <v>1248</v>
       </c>
-      <c r="D320" t="s">
+      <c r="E320" s="2" t="s">
         <v>1249</v>
       </c>
-      <c r="E320" s="2" t="s">
+      <c r="F320" s="2" t="s">
         <v>1250</v>
-      </c>
-[...1 lines deleted...]
-        <v>1251</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" t="s">
-        <v>1246</v>
+        <v>1031</v>
       </c>
       <c r="B321" t="s">
-        <v>1247</v>
+        <v>1032</v>
       </c>
       <c r="C321" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D321" t="s">
         <v>1252</v>
       </c>
-      <c r="D321" t="s">
+      <c r="E321" s="2" t="s">
         <v>1253</v>
       </c>
-      <c r="E321" s="2" t="s">
+      <c r="F321" s="2" t="s">
         <v>1254</v>
-      </c>
-[...1 lines deleted...]
-        <v>1255</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" t="s">
-        <v>1246</v>
+        <v>1031</v>
       </c>
       <c r="B322" t="s">
-        <v>1247</v>
+        <v>1032</v>
       </c>
       <c r="C322" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D322" t="s">
+        <v>1255</v>
+      </c>
+      <c r="E322" s="2" t="s">
         <v>1256</v>
       </c>
-      <c r="D322" t="s">
+      <c r="F322" s="2" t="s">
         <v>1257</v>
-      </c>
-[...4 lines deleted...]
-        <v>1259</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" t="s">
-        <v>1246</v>
+        <v>1031</v>
       </c>
       <c r="B323" t="s">
-        <v>1247</v>
+        <v>1032</v>
       </c>
       <c r="C323" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D323" t="s">
+        <v>1259</v>
+      </c>
+      <c r="E323" s="2" t="s">
         <v>1260</v>
       </c>
-      <c r="D323" t="s">
+      <c r="F323" s="2" t="s">
         <v>1261</v>
-      </c>
-[...4 lines deleted...]
-        <v>1263</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" t="s">
-        <v>1246</v>
+        <v>1031</v>
       </c>
       <c r="B324" t="s">
-        <v>1247</v>
+        <v>1032</v>
       </c>
       <c r="C324" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D324" t="s">
+        <v>1263</v>
+      </c>
+      <c r="E324" s="2" t="s">
         <v>1264</v>
       </c>
-      <c r="D324" t="s">
+      <c r="F324" s="2" t="s">
         <v>1265</v>
-      </c>
-[...4 lines deleted...]
-        <v>1267</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" t="s">
-        <v>1246</v>
+        <v>1031</v>
       </c>
       <c r="B325" t="s">
-        <v>1247</v>
+        <v>1032</v>
       </c>
       <c r="C325" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D325" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E325" s="2" t="s">
         <v>1268</v>
       </c>
-      <c r="D325" t="s">
+      <c r="F325" s="2" t="s">
         <v>1269</v>
-      </c>
-[...4 lines deleted...]
-        <v>1271</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" t="s">
-        <v>1246</v>
+        <v>1031</v>
       </c>
       <c r="B326" t="s">
-        <v>1247</v>
+        <v>1032</v>
       </c>
       <c r="C326" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D326" t="s">
+        <v>1270</v>
+      </c>
+      <c r="E326" s="2" t="s">
+        <v>1271</v>
+      </c>
+      <c r="F326" s="2" t="s">
         <v>1272</v>
-      </c>
-[...7 lines deleted...]
-        <v>1275</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" t="s">
-        <v>1246</v>
+        <v>1031</v>
       </c>
       <c r="B327" t="s">
-        <v>1247</v>
+        <v>1032</v>
       </c>
       <c r="C327" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D327" t="s">
+        <v>1274</v>
+      </c>
+      <c r="E327" s="2" t="s">
+        <v>1275</v>
+      </c>
+      <c r="F327" s="2" t="s">
         <v>1276</v>
-      </c>
-[...7 lines deleted...]
-        <v>1279</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" t="s">
-        <v>1246</v>
+        <v>1031</v>
       </c>
       <c r="B328" t="s">
-        <v>1247</v>
+        <v>1032</v>
       </c>
       <c r="C328" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D328" t="s">
+        <v>1278</v>
+      </c>
+      <c r="E328" s="2" t="s">
+        <v>1279</v>
+      </c>
+      <c r="F328" s="2" t="s">
         <v>1280</v>
-      </c>
-[...7 lines deleted...]
-        <v>1283</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" t="s">
-        <v>1246</v>
+        <v>1031</v>
       </c>
       <c r="B329" t="s">
-        <v>1247</v>
+        <v>1032</v>
       </c>
       <c r="C329" t="s">
-        <v>1284</v>
+        <v>1281</v>
       </c>
       <c r="D329" t="s">
-        <v>1285</v>
+        <v>1281</v>
       </c>
       <c r="E329" s="2" t="s">
-        <v>1286</v>
+        <v>1282</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>1287</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" t="s">
-        <v>1246</v>
+        <v>1284</v>
       </c>
       <c r="B330" t="s">
-        <v>1247</v>
+        <v>1285</v>
       </c>
       <c r="C330" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D330" t="s">
+        <v>1287</v>
+      </c>
+      <c r="E330" s="2" t="s">
         <v>1288</v>
       </c>
-      <c r="D330" t="s">
+      <c r="F330" s="2" t="s">
         <v>1289</v>
-      </c>
-[...4 lines deleted...]
-        <v>1291</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" t="s">
-        <v>1246</v>
+        <v>1284</v>
       </c>
       <c r="B331" t="s">
-        <v>1247</v>
+        <v>1285</v>
       </c>
       <c r="C331" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D331" t="s">
+        <v>1291</v>
+      </c>
+      <c r="E331" s="2" t="s">
         <v>1292</v>
       </c>
-      <c r="D331" t="s">
+      <c r="F331" s="2" t="s">
         <v>1293</v>
-      </c>
-[...4 lines deleted...]
-        <v>1295</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" t="s">
-        <v>1246</v>
+        <v>1284</v>
       </c>
       <c r="B332" t="s">
-        <v>1247</v>
+        <v>1285</v>
       </c>
       <c r="C332" t="s">
+        <v>1294</v>
+      </c>
+      <c r="D332" t="s">
+        <v>1295</v>
+      </c>
+      <c r="E332" s="2" t="s">
         <v>1296</v>
       </c>
-      <c r="D332" t="s">
+      <c r="F332" s="2" t="s">
         <v>1297</v>
-      </c>
-[...4 lines deleted...]
-        <v>1299</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" t="s">
-        <v>1246</v>
+        <v>1284</v>
       </c>
       <c r="B333" t="s">
-        <v>1247</v>
+        <v>1285</v>
       </c>
       <c r="C333" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D333" t="s">
+        <v>1299</v>
+      </c>
+      <c r="E333" s="2" t="s">
         <v>1300</v>
       </c>
-      <c r="D333" t="s">
+      <c r="F333" s="2" t="s">
         <v>1301</v>
-      </c>
-[...4 lines deleted...]
-        <v>1303</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" t="s">
-        <v>1246</v>
+        <v>1284</v>
       </c>
       <c r="B334" t="s">
-        <v>1247</v>
+        <v>1285</v>
       </c>
       <c r="C334" t="s">
+        <v>1302</v>
+      </c>
+      <c r="D334" t="s">
+        <v>1303</v>
+      </c>
+      <c r="E334" s="2" t="s">
         <v>1304</v>
       </c>
-      <c r="D334" t="s">
+      <c r="F334" s="2" t="s">
         <v>1305</v>
-      </c>
-[...4 lines deleted...]
-        <v>1307</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" t="s">
-        <v>1246</v>
+        <v>1284</v>
       </c>
       <c r="B335" t="s">
-        <v>1247</v>
+        <v>1285</v>
       </c>
       <c r="C335" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D335" t="s">
+        <v>1307</v>
+      </c>
+      <c r="E335" s="2" t="s">
         <v>1308</v>
       </c>
-      <c r="D335" t="s">
+      <c r="F335" s="2" t="s">
         <v>1309</v>
-      </c>
-[...4 lines deleted...]
-        <v>1311</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" t="s">
-        <v>1246</v>
+        <v>1284</v>
       </c>
       <c r="B336" t="s">
-        <v>1247</v>
+        <v>1285</v>
       </c>
       <c r="C336" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D336" t="s">
+        <v>1311</v>
+      </c>
+      <c r="E336" s="2" t="s">
         <v>1312</v>
       </c>
-      <c r="D336" t="s">
+      <c r="F336" s="2" t="s">
         <v>1313</v>
-      </c>
-[...4 lines deleted...]
-        <v>1315</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" t="s">
-        <v>1246</v>
+        <v>1284</v>
       </c>
       <c r="B337" t="s">
-        <v>1247</v>
+        <v>1285</v>
       </c>
       <c r="C337" t="s">
+        <v>1314</v>
+      </c>
+      <c r="D337" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E337" s="2" t="s">
         <v>1316</v>
       </c>
-      <c r="D337" t="s">
+      <c r="F337" s="2" t="s">
         <v>1317</v>
-      </c>
-[...4 lines deleted...]
-        <v>1311</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" t="s">
-        <v>1246</v>
+        <v>1284</v>
       </c>
       <c r="B338" t="s">
-        <v>1247</v>
+        <v>1285</v>
       </c>
       <c r="C338" t="s">
         <v>1318</v>
       </c>
       <c r="D338" t="s">
         <v>1319</v>
       </c>
       <c r="E338" s="2" t="s">
         <v>1320</v>
       </c>
       <c r="F338" s="2" t="s">
         <v>1321</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B339" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C339" t="s">
         <v>1322</v>
       </c>
-      <c r="B339" t="s">
+      <c r="D339" t="s">
         <v>1323</v>
       </c>
-      <c r="C339" t="s">
+      <c r="E339" s="2" t="s">
         <v>1324</v>
       </c>
-      <c r="D339" t="s">
+      <c r="F339" s="2" t="s">
         <v>1325</v>
-      </c>
-[...4 lines deleted...]
-        <v>1327</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" t="s">
-        <v>1322</v>
+        <v>1284</v>
       </c>
       <c r="B340" t="s">
-        <v>1323</v>
+        <v>1285</v>
       </c>
       <c r="C340" t="s">
+        <v>1326</v>
+      </c>
+      <c r="D340" t="s">
+        <v>1327</v>
+      </c>
+      <c r="E340" s="2" t="s">
         <v>1328</v>
       </c>
-      <c r="D340" t="s">
+      <c r="F340" s="2" t="s">
         <v>1329</v>
-      </c>
-[...4 lines deleted...]
-        <v>1331</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" t="s">
-        <v>1322</v>
+        <v>1284</v>
       </c>
       <c r="B341" t="s">
-        <v>1323</v>
+        <v>1285</v>
       </c>
       <c r="C341" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D341" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E341" s="2" t="s">
         <v>1332</v>
       </c>
-      <c r="D341" t="s">
+      <c r="F341" s="2" t="s">
         <v>1333</v>
-      </c>
-[...4 lines deleted...]
-        <v>1335</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" t="s">
-        <v>1322</v>
+        <v>1284</v>
       </c>
       <c r="B342" t="s">
-        <v>1323</v>
+        <v>1285</v>
       </c>
       <c r="C342" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D342" t="s">
+        <v>1335</v>
+      </c>
+      <c r="E342" s="2" t="s">
         <v>1336</v>
       </c>
-      <c r="D342" t="s">
+      <c r="F342" s="2" t="s">
         <v>1337</v>
-      </c>
-[...4 lines deleted...]
-        <v>1339</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" t="s">
-        <v>1322</v>
+        <v>1284</v>
       </c>
       <c r="B343" t="s">
-        <v>1323</v>
+        <v>1285</v>
       </c>
       <c r="C343" t="s">
+        <v>1338</v>
+      </c>
+      <c r="D343" t="s">
+        <v>1339</v>
+      </c>
+      <c r="E343" s="2" t="s">
         <v>1340</v>
       </c>
-      <c r="D343" t="s">
-[...2 lines deleted...]
-      <c r="E343" s="2" t="s">
+      <c r="F343" s="2" t="s">
         <v>1341</v>
-      </c>
-[...1 lines deleted...]
-        <v>1342</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" t="s">
-        <v>1322</v>
+        <v>1284</v>
       </c>
       <c r="B344" t="s">
-        <v>1323</v>
+        <v>1285</v>
       </c>
       <c r="C344" t="s">
+        <v>1342</v>
+      </c>
+      <c r="D344" t="s">
         <v>1343</v>
       </c>
-      <c r="D344" t="s">
+      <c r="E344" s="2" t="s">
         <v>1344</v>
       </c>
-      <c r="E344" s="2" t="s">
+      <c r="F344" s="2" t="s">
         <v>1345</v>
-      </c>
-[...1 lines deleted...]
-        <v>1346</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" t="s">
-        <v>1322</v>
+        <v>1284</v>
       </c>
       <c r="B345" t="s">
-        <v>1323</v>
+        <v>1285</v>
       </c>
       <c r="C345" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D345" t="s">
         <v>1347</v>
       </c>
-      <c r="D345" t="s">
+      <c r="E345" s="2" t="s">
         <v>1348</v>
       </c>
-      <c r="E345" s="2" t="s">
+      <c r="F345" s="2" t="s">
         <v>1349</v>
-      </c>
-[...1 lines deleted...]
-        <v>1350</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" t="s">
-        <v>1322</v>
+        <v>1284</v>
       </c>
       <c r="B346" t="s">
-        <v>1323</v>
+        <v>1285</v>
       </c>
       <c r="C346" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D346" t="s">
         <v>1351</v>
       </c>
-      <c r="D346" t="s">
+      <c r="E346" s="2" t="s">
         <v>1352</v>
       </c>
-      <c r="E346" s="2" t="s">
+      <c r="F346" s="2" t="s">
         <v>1353</v>
-      </c>
-[...1 lines deleted...]
-        <v>1354</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" t="s">
-        <v>1322</v>
+        <v>1284</v>
       </c>
       <c r="B347" t="s">
-        <v>1323</v>
+        <v>1285</v>
       </c>
       <c r="C347" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D347" t="s">
         <v>1355</v>
       </c>
-      <c r="D347" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E347" s="2" t="s">
-        <v>1357</v>
+        <v>1348</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>1358</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" t="s">
-        <v>1322</v>
+        <v>1284</v>
       </c>
       <c r="B348" t="s">
-        <v>1323</v>
+        <v>1285</v>
       </c>
       <c r="C348" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D348" t="s">
+        <v>1357</v>
+      </c>
+      <c r="E348" s="2" t="s">
+        <v>1358</v>
+      </c>
+      <c r="F348" s="2" t="s">
         <v>1359</v>
-      </c>
-[...7 lines deleted...]
-        <v>1362</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" t="s">
-        <v>1322</v>
+        <v>1360</v>
       </c>
       <c r="B349" t="s">
-        <v>1323</v>
+        <v>1361</v>
       </c>
       <c r="C349" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D349" t="s">
         <v>1363</v>
       </c>
-      <c r="D349" t="s">
+      <c r="E349" s="2" t="s">
         <v>1364</v>
       </c>
-      <c r="E349" s="2" t="s">
+      <c r="F349" s="2" t="s">
         <v>1365</v>
-      </c>
-[...1 lines deleted...]
-        <v>1366</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" t="s">
-        <v>1322</v>
+        <v>1360</v>
       </c>
       <c r="B350" t="s">
-        <v>1323</v>
+        <v>1361</v>
       </c>
       <c r="C350" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D350" t="s">
         <v>1367</v>
       </c>
-      <c r="D350" t="s">
+      <c r="E350" s="2" t="s">
         <v>1368</v>
       </c>
-      <c r="E350" s="2" t="s">
+      <c r="F350" s="2" t="s">
         <v>1369</v>
-      </c>
-[...1 lines deleted...]
-        <v>1370</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" t="s">
-        <v>1322</v>
+        <v>1360</v>
       </c>
       <c r="B351" t="s">
-        <v>1323</v>
+        <v>1361</v>
       </c>
       <c r="C351" t="s">
+        <v>1370</v>
+      </c>
+      <c r="D351" t="s">
         <v>1371</v>
-      </c>
-[...1 lines deleted...]
-        <v>1351</v>
       </c>
       <c r="E351" s="2" t="s">
         <v>1372</v>
       </c>
       <c r="F351" s="2" t="s">
         <v>1373</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" t="s">
-        <v>1322</v>
+        <v>1360</v>
       </c>
       <c r="B352" t="s">
-        <v>1323</v>
+        <v>1361</v>
       </c>
       <c r="C352" t="s">
         <v>1374</v>
       </c>
       <c r="D352" t="s">
         <v>1375</v>
       </c>
       <c r="E352" s="2" t="s">
         <v>1376</v>
       </c>
       <c r="F352" s="2" t="s">
         <v>1377</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" t="s">
-        <v>1322</v>
+        <v>1360</v>
       </c>
       <c r="B353" t="s">
-        <v>1323</v>
+        <v>1361</v>
       </c>
       <c r="C353" t="s">
         <v>1378</v>
       </c>
       <c r="D353" t="s">
+        <v>1378</v>
+      </c>
+      <c r="E353" s="2" t="s">
         <v>1379</v>
       </c>
-      <c r="E353" s="2" t="s">
+      <c r="F353" s="2" t="s">
         <v>1380</v>
-      </c>
-[...1 lines deleted...]
-        <v>1381</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" t="s">
-        <v>1322</v>
+        <v>1360</v>
       </c>
       <c r="B354" t="s">
-        <v>1323</v>
+        <v>1361</v>
       </c>
       <c r="C354" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D354" t="s">
         <v>1382</v>
       </c>
-      <c r="D354" t="s">
+      <c r="E354" s="2" t="s">
         <v>1383</v>
       </c>
-      <c r="E354" s="2" t="s">
+      <c r="F354" s="2" t="s">
         <v>1384</v>
-      </c>
-[...1 lines deleted...]
-        <v>1385</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" t="s">
-        <v>1322</v>
+        <v>1360</v>
       </c>
       <c r="B355" t="s">
-        <v>1323</v>
+        <v>1361</v>
       </c>
       <c r="C355" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D355" t="s">
         <v>1386</v>
       </c>
-      <c r="D355" t="s">
+      <c r="E355" s="2" t="s">
         <v>1387</v>
       </c>
-      <c r="E355" s="2" t="s">
+      <c r="F355" s="2" t="s">
         <v>1388</v>
-      </c>
-[...1 lines deleted...]
-        <v>1389</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" t="s">
-        <v>1322</v>
+        <v>1360</v>
       </c>
       <c r="B356" t="s">
-        <v>1323</v>
+        <v>1361</v>
       </c>
       <c r="C356" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D356" t="s">
         <v>1390</v>
       </c>
-      <c r="D356" t="s">
+      <c r="E356" s="2" t="s">
         <v>1391</v>
       </c>
-      <c r="E356" s="2" t="s">
+      <c r="F356" s="2" t="s">
         <v>1392</v>
-      </c>
-[...1 lines deleted...]
-        <v>1393</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" t="s">
-        <v>1322</v>
+        <v>1360</v>
       </c>
       <c r="B357" t="s">
-        <v>1323</v>
+        <v>1361</v>
       </c>
       <c r="C357" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D357" t="s">
         <v>1394</v>
       </c>
-      <c r="D357" t="s">
+      <c r="E357" s="2" t="s">
         <v>1395</v>
       </c>
-      <c r="E357" s="2" t="s">
+      <c r="F357" s="2" t="s">
         <v>1396</v>
-      </c>
-[...1 lines deleted...]
-        <v>1397</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B358" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C358" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D358" t="s">
         <v>1398</v>
       </c>
-      <c r="B358" t="s">
+      <c r="E358" s="2" t="s">
         <v>1399</v>
       </c>
-      <c r="C358" t="s">
+      <c r="F358" s="2" t="s">
         <v>1400</v>
-      </c>
-[...7 lines deleted...]
-        <v>1403</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
-        <v>1398</v>
+        <v>1360</v>
       </c>
       <c r="B359" t="s">
-        <v>1399</v>
+        <v>1361</v>
       </c>
       <c r="C359" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D359" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E359" s="2" t="s">
+        <v>1403</v>
+      </c>
+      <c r="F359" s="2" t="s">
         <v>1404</v>
-      </c>
-[...7 lines deleted...]
-        <v>1407</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" t="s">
-        <v>1398</v>
+        <v>1360</v>
       </c>
       <c r="B360" t="s">
-        <v>1399</v>
+        <v>1361</v>
       </c>
       <c r="C360" t="s">
+        <v>1405</v>
+      </c>
+      <c r="D360" t="s">
+        <v>1406</v>
+      </c>
+      <c r="E360" s="2" t="s">
+        <v>1407</v>
+      </c>
+      <c r="F360" s="2" t="s">
         <v>1408</v>
-      </c>
-[...7 lines deleted...]
-        <v>1411</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" t="s">
-        <v>1398</v>
+        <v>1360</v>
       </c>
       <c r="B361" t="s">
-        <v>1399</v>
+        <v>1361</v>
       </c>
       <c r="C361" t="s">
-        <v>1412</v>
+        <v>1409</v>
       </c>
       <c r="D361" t="s">
-        <v>1413</v>
+        <v>1389</v>
       </c>
       <c r="E361" s="2" t="s">
-        <v>1414</v>
+        <v>1410</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>1415</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" t="s">
-        <v>1398</v>
+        <v>1360</v>
       </c>
       <c r="B362" t="s">
-        <v>1399</v>
+        <v>1361</v>
       </c>
       <c r="C362" t="s">
-        <v>1416</v>
+        <v>1412</v>
       </c>
       <c r="D362" t="s">
-        <v>1417</v>
+        <v>1413</v>
       </c>
       <c r="E362" s="2" t="s">
-        <v>1418</v>
+        <v>1414</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>1419</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" t="s">
-        <v>1398</v>
+        <v>1360</v>
       </c>
       <c r="B363" t="s">
-        <v>1399</v>
+        <v>1361</v>
       </c>
       <c r="C363" t="s">
-        <v>1420</v>
+        <v>1416</v>
       </c>
       <c r="D363" t="s">
-        <v>1421</v>
+        <v>1417</v>
       </c>
       <c r="E363" s="2" t="s">
-        <v>1422</v>
+        <v>1418</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>1423</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
-        <v>1424</v>
+        <v>1360</v>
       </c>
       <c r="B364" t="s">
-        <v>1424</v>
+        <v>1361</v>
       </c>
       <c r="C364" t="s">
-        <v>218</v>
+        <v>1420</v>
       </c>
       <c r="D364" t="s">
-        <v>219</v>
+        <v>1421</v>
       </c>
       <c r="E364" s="2" t="s">
-        <v>220</v>
+        <v>1422</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>221</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B365" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C365" t="s">
         <v>1424</v>
       </c>
-      <c r="B365" t="s">
-[...2 lines deleted...]
-      <c r="C365" t="s">
+      <c r="D365" t="s">
         <v>1425</v>
       </c>
-      <c r="D365" t="s">
+      <c r="E365" s="2" t="s">
         <v>1426</v>
       </c>
-      <c r="E365" s="2" t="s">
+      <c r="F365" s="2" t="s">
         <v>1427</v>
-      </c>
-[...1 lines deleted...]
-        <v>1428</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" t="s">
-        <v>1424</v>
+        <v>1360</v>
       </c>
       <c r="B366" t="s">
-        <v>1424</v>
+        <v>1361</v>
       </c>
       <c r="C366" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D366" t="s">
         <v>1429</v>
       </c>
-      <c r="D366" t="s">
+      <c r="E366" s="2" t="s">
         <v>1430</v>
       </c>
-      <c r="E366" s="2" t="s">
+      <c r="F366" s="2" t="s">
         <v>1431</v>
-      </c>
-[...1 lines deleted...]
-        <v>1432</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B367" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C367" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D367" t="s">
         <v>1433</v>
       </c>
-      <c r="B367" t="s">
+      <c r="E367" s="2" t="s">
         <v>1434</v>
       </c>
-      <c r="C367" t="s">
+      <c r="F367" s="2" t="s">
         <v>1435</v>
-      </c>
-[...7 lines deleted...]
-        <v>1438</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" t="s">
-        <v>1433</v>
+        <v>1360</v>
       </c>
       <c r="B368" t="s">
-        <v>1434</v>
+        <v>1361</v>
       </c>
       <c r="C368" t="s">
+        <v>1436</v>
+      </c>
+      <c r="D368" t="s">
+        <v>1437</v>
+      </c>
+      <c r="E368" s="2" t="s">
+        <v>1438</v>
+      </c>
+      <c r="F368" s="2" t="s">
         <v>1439</v>
-      </c>
-[...7 lines deleted...]
-        <v>1442</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" t="s">
-        <v>1433</v>
+        <v>1440</v>
       </c>
       <c r="B369" t="s">
-        <v>1434</v>
+        <v>1441</v>
       </c>
       <c r="C369" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D369" t="s">
         <v>1443</v>
       </c>
-      <c r="D369" t="s">
+      <c r="E369" s="2" t="s">
         <v>1444</v>
       </c>
-      <c r="E369" s="2" t="s">
+      <c r="F369" s="2" t="s">
         <v>1445</v>
-      </c>
-[...1 lines deleted...]
-        <v>1446</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" t="s">
-        <v>1433</v>
+        <v>1440</v>
       </c>
       <c r="B370" t="s">
-        <v>1434</v>
+        <v>1441</v>
       </c>
       <c r="C370" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D370" t="s">
         <v>1447</v>
       </c>
-      <c r="D370" t="s">
+      <c r="E370" s="2" t="s">
         <v>1448</v>
       </c>
-      <c r="E370" s="2" t="s">
+      <c r="F370" s="2" t="s">
         <v>1449</v>
-      </c>
-[...1 lines deleted...]
-        <v>1450</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" t="s">
-        <v>1433</v>
+        <v>1440</v>
       </c>
       <c r="B371" t="s">
-        <v>1434</v>
+        <v>1441</v>
       </c>
       <c r="C371" t="s">
-        <v>1451</v>
+        <v>1450</v>
       </c>
       <c r="D371" t="s">
         <v>1451</v>
       </c>
       <c r="E371" s="2" t="s">
         <v>1452</v>
       </c>
       <c r="F371" s="2" t="s">
         <v>1453</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" t="s">
-        <v>1433</v>
+        <v>1440</v>
       </c>
       <c r="B372" t="s">
-        <v>1434</v>
+        <v>1441</v>
       </c>
       <c r="C372" t="s">
         <v>1454</v>
       </c>
       <c r="D372" t="s">
         <v>1455</v>
       </c>
       <c r="E372" s="2" t="s">
         <v>1456</v>
       </c>
       <c r="F372" s="2" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" t="s">
-        <v>1433</v>
+        <v>1440</v>
       </c>
       <c r="B373" t="s">
-        <v>1434</v>
+        <v>1441</v>
       </c>
       <c r="C373" t="s">
         <v>1458</v>
       </c>
       <c r="D373" t="s">
         <v>1459</v>
       </c>
       <c r="E373" s="2" t="s">
         <v>1460</v>
       </c>
       <c r="F373" s="2" t="s">
         <v>1461</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" t="s">
-        <v>1433</v>
+        <v>1440</v>
       </c>
       <c r="B374" t="s">
-        <v>1434</v>
+        <v>1441</v>
       </c>
       <c r="C374" t="s">
         <v>1462</v>
       </c>
       <c r="D374" t="s">
         <v>1463</v>
       </c>
       <c r="E374" s="2" t="s">
         <v>1464</v>
       </c>
       <c r="F374" s="2" t="s">
         <v>1465</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" t="s">
-        <v>1433</v>
+        <v>1466</v>
       </c>
       <c r="B375" t="s">
-        <v>1434</v>
+        <v>1466</v>
       </c>
       <c r="C375" t="s">
-        <v>1466</v>
+        <v>226</v>
       </c>
       <c r="D375" t="s">
-        <v>1466</v>
+        <v>227</v>
       </c>
       <c r="E375" s="2" t="s">
-        <v>1467</v>
+        <v>228</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>1468</v>
+        <v>229</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" t="s">
-        <v>1433</v>
+        <v>1466</v>
       </c>
       <c r="B376" t="s">
-        <v>1434</v>
+        <v>1466</v>
       </c>
       <c r="C376" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D376" t="s">
+        <v>1468</v>
+      </c>
+      <c r="E376" s="2" t="s">
         <v>1469</v>
       </c>
-      <c r="D376" t="s">
+      <c r="F376" s="2" t="s">
         <v>1470</v>
-      </c>
-[...4 lines deleted...]
-        <v>1472</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" t="s">
-        <v>1433</v>
+        <v>1466</v>
       </c>
       <c r="B377" t="s">
-        <v>1434</v>
+        <v>1466</v>
       </c>
       <c r="C377" t="s">
+        <v>1471</v>
+      </c>
+      <c r="D377" t="s">
+        <v>1472</v>
+      </c>
+      <c r="E377" s="2" t="s">
         <v>1473</v>
       </c>
-      <c r="D377" t="s">
-[...2 lines deleted...]
-      <c r="E377" s="2" t="s">
+      <c r="F377" s="2" t="s">
         <v>1474</v>
-      </c>
-[...1 lines deleted...]
-        <v>1475</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B378" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C378" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="D378" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="E378" s="2" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B379" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C379" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="D379" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="E379" s="2" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B380" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C380" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="D380" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="E380" s="2" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B381" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C381" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="D381" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="E381" s="2" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B382" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C382" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
       <c r="D382" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="E382" s="2" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B383" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C383" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="D383" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="E383" s="2" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B384" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C384" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="D384" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="E384" s="2" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B385" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C385" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="D385" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="E385" s="2" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B386" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C386" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="D386" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="E386" s="2" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B387" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C387" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="D387" t="s">
         <v>1512</v>
       </c>
       <c r="E387" s="2" t="s">
         <v>1513</v>
       </c>
       <c r="F387" s="2" t="s">
         <v>1514</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B388" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C388" t="s">
         <v>1515</v>
       </c>
       <c r="D388" t="s">
         <v>1516</v>
       </c>
       <c r="E388" s="2" t="s">
         <v>1517</v>
       </c>
       <c r="F388" s="2" t="s">
         <v>1518</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B389" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C389" t="s">
         <v>1519</v>
       </c>
       <c r="D389" t="s">
+        <v>1519</v>
+      </c>
+      <c r="E389" s="2" t="s">
         <v>1520</v>
       </c>
-      <c r="E389" s="2" t="s">
+      <c r="F389" s="2" t="s">
         <v>1521</v>
-      </c>
-[...1 lines deleted...]
-        <v>1522</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B390" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C390" t="s">
+        <v>1522</v>
+      </c>
+      <c r="D390" t="s">
         <v>1523</v>
       </c>
-      <c r="D390" t="s">
+      <c r="E390" s="2" t="s">
         <v>1524</v>
       </c>
-      <c r="E390" s="2" t="s">
+      <c r="F390" s="2" t="s">
         <v>1525</v>
-      </c>
-[...1 lines deleted...]
-        <v>1526</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B391" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C391" t="s">
+        <v>1526</v>
+      </c>
+      <c r="D391" t="s">
+        <v>1526</v>
+      </c>
+      <c r="E391" s="2" t="s">
         <v>1527</v>
       </c>
-      <c r="D391" t="s">
+      <c r="F391" s="2" t="s">
         <v>1528</v>
-      </c>
-[...4 lines deleted...]
-        <v>1530</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B392" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C392" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D392" t="s">
+        <v>1530</v>
+      </c>
+      <c r="E392" s="2" t="s">
         <v>1531</v>
       </c>
-      <c r="D392" t="s">
+      <c r="F392" s="2" t="s">
         <v>1532</v>
-      </c>
-[...4 lines deleted...]
-        <v>1534</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B393" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C393" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D393" t="s">
+        <v>1534</v>
+      </c>
+      <c r="E393" s="2" t="s">
         <v>1535</v>
       </c>
-      <c r="D393" t="s">
+      <c r="F393" s="2" t="s">
         <v>1536</v>
-      </c>
-[...4 lines deleted...]
-        <v>1538</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B394" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C394" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D394" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E394" s="2" t="s">
         <v>1539</v>
       </c>
-      <c r="D394" t="s">
+      <c r="F394" s="2" t="s">
         <v>1540</v>
-      </c>
-[...4 lines deleted...]
-        <v>1542</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B395" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C395" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D395" t="s">
+        <v>1542</v>
+      </c>
+      <c r="E395" s="2" t="s">
         <v>1543</v>
       </c>
-      <c r="D395" t="s">
+      <c r="F395" s="2" t="s">
         <v>1544</v>
-      </c>
-[...4 lines deleted...]
-        <v>1546</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B396" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C396" t="s">
+        <v>1545</v>
+      </c>
+      <c r="D396" t="s">
+        <v>1546</v>
+      </c>
+      <c r="E396" s="2" t="s">
         <v>1547</v>
       </c>
-      <c r="D396" t="s">
+      <c r="F396" s="2" t="s">
         <v>1548</v>
-      </c>
-[...4 lines deleted...]
-        <v>1550</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B397" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C397" t="s">
+        <v>1549</v>
+      </c>
+      <c r="D397" t="s">
+        <v>1550</v>
+      </c>
+      <c r="E397" s="2" t="s">
         <v>1551</v>
       </c>
-      <c r="D397" t="s">
+      <c r="F397" s="2" t="s">
         <v>1552</v>
-      </c>
-[...4 lines deleted...]
-        <v>1554</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B398" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C398" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D398" t="s">
+        <v>1554</v>
+      </c>
+      <c r="E398" s="2" t="s">
         <v>1555</v>
       </c>
-      <c r="D398" t="s">
+      <c r="F398" s="2" t="s">
         <v>1556</v>
-      </c>
-[...4 lines deleted...]
-        <v>1558</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B399" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C399" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D399" t="s">
+        <v>1558</v>
+      </c>
+      <c r="E399" s="2" t="s">
         <v>1559</v>
       </c>
-      <c r="D399" t="s">
-[...2 lines deleted...]
-      <c r="E399" s="2" t="s">
+      <c r="F399" s="2" t="s">
         <v>1560</v>
-      </c>
-[...1 lines deleted...]
-        <v>1561</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B400" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C400" t="s">
+        <v>1561</v>
+      </c>
+      <c r="D400" t="s">
         <v>1562</v>
       </c>
-      <c r="D400" t="s">
+      <c r="E400" s="2" t="s">
         <v>1563</v>
       </c>
-      <c r="E400" s="2" t="s">
+      <c r="F400" s="2" t="s">
         <v>1564</v>
-      </c>
-[...1 lines deleted...]
-        <v>1565</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B401" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C401" t="s">
+        <v>1565</v>
+      </c>
+      <c r="D401" t="s">
         <v>1566</v>
       </c>
-      <c r="D401" t="s">
+      <c r="E401" s="2" t="s">
         <v>1567</v>
       </c>
-      <c r="E401" s="2" t="s">
+      <c r="F401" s="2" t="s">
         <v>1568</v>
-      </c>
-[...1 lines deleted...]
-        <v>1569</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B402" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C402" t="s">
-        <v>573</v>
+        <v>1569</v>
       </c>
       <c r="D402" t="s">
-        <v>574</v>
+        <v>1570</v>
       </c>
       <c r="E402" s="2" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B403" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C403" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="D403" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="E403" s="2" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B404" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C404" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="D404" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="E404" s="2" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B405" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C405" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="D405" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="E405" s="2" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B406" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C406" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="D406" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="E406" s="2" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B407" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C407" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="D407" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="E407" s="2" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B408" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C408" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="D408" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="E408" s="2" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B409" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C409" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="D409" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="E409" s="2" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B410" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C410" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="D410" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="E410" s="2" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B411" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C411" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="D411" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="E411" s="2" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B412" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C412" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="D412" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="E412" s="2" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B413" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C413" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="D413" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="E413" s="2" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B414" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C414" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="D414" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="E414" s="2" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B415" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C415" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="D415" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="E415" s="2" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B416" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C416" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="D416" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
       <c r="E416" s="2" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B417" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C417" t="s">
-        <v>1626</v>
+        <v>589</v>
       </c>
       <c r="D417" t="s">
-        <v>1627</v>
+        <v>590</v>
       </c>
       <c r="E417" s="2" t="s">
         <v>1628</v>
       </c>
       <c r="F417" s="2" t="s">
         <v>1629</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" t="s">
-        <v>1433</v>
+        <v>1475</v>
       </c>
       <c r="B418" t="s">
-        <v>1434</v>
+        <v>1476</v>
       </c>
       <c r="C418" t="s">
         <v>1630</v>
       </c>
       <c r="D418" t="s">
         <v>1631</v>
       </c>
       <c r="E418" s="2" t="s">
         <v>1632</v>
       </c>
       <c r="F418" s="2" t="s">
         <v>1633</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B419" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C419" t="s">
         <v>1634</v>
       </c>
-      <c r="B419" t="s">
+      <c r="D419" t="s">
         <v>1635</v>
       </c>
-      <c r="C419" t="s">
+      <c r="E419" s="2" t="s">
         <v>1636</v>
       </c>
-      <c r="D419" t="s">
+      <c r="F419" s="2" t="s">
         <v>1637</v>
-      </c>
-[...4 lines deleted...]
-        <v>1639</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" t="s">
-        <v>1634</v>
+        <v>1475</v>
       </c>
       <c r="B420" t="s">
-        <v>1635</v>
+        <v>1476</v>
       </c>
       <c r="C420" t="s">
-        <v>343</v>
+        <v>1638</v>
       </c>
       <c r="D420" t="s">
-        <v>344</v>
+        <v>1639</v>
       </c>
       <c r="E420" s="2" t="s">
         <v>1640</v>
       </c>
       <c r="F420" s="2" t="s">
         <v>1641</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" t="s">
-        <v>1634</v>
+        <v>1475</v>
       </c>
       <c r="B421" t="s">
-        <v>1635</v>
+        <v>1476</v>
       </c>
       <c r="C421" t="s">
         <v>1642</v>
       </c>
       <c r="D421" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="E421" s="2" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" t="s">
-        <v>1634</v>
+        <v>1475</v>
       </c>
       <c r="B422" t="s">
-        <v>1635</v>
+        <v>1476</v>
       </c>
       <c r="C422" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="D422" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="E422" s="2" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" t="s">
-        <v>1634</v>
+        <v>1475</v>
       </c>
       <c r="B423" t="s">
-        <v>1635</v>
+        <v>1476</v>
       </c>
       <c r="C423" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="D423" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="E423" s="2" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" t="s">
-        <v>1634</v>
+        <v>1475</v>
       </c>
       <c r="B424" t="s">
-        <v>1635</v>
+        <v>1476</v>
       </c>
       <c r="C424" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="D424" t="s">
-        <v>1652</v>
+        <v>1655</v>
       </c>
       <c r="E424" s="2" t="s">
-        <v>1653</v>
+        <v>1656</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>1654</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" t="s">
-        <v>1634</v>
+        <v>1475</v>
       </c>
       <c r="B425" t="s">
-        <v>1635</v>
+        <v>1476</v>
       </c>
       <c r="C425" t="s">
-        <v>1655</v>
+        <v>1658</v>
       </c>
       <c r="D425" t="s">
-        <v>1656</v>
+        <v>1659</v>
       </c>
       <c r="E425" s="2" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>1658</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" t="s">
-        <v>1634</v>
+        <v>1475</v>
       </c>
       <c r="B426" t="s">
-        <v>1635</v>
+        <v>1476</v>
       </c>
       <c r="C426" t="s">
-        <v>1659</v>
+        <v>1662</v>
       </c>
       <c r="D426" t="s">
-        <v>1660</v>
+        <v>1663</v>
       </c>
       <c r="E426" s="2" t="s">
-        <v>1661</v>
+        <v>1664</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>1662</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" t="s">
-        <v>1634</v>
+        <v>1475</v>
       </c>
       <c r="B427" t="s">
-        <v>1635</v>
+        <v>1476</v>
       </c>
       <c r="C427" t="s">
-        <v>1663</v>
+        <v>1666</v>
       </c>
       <c r="D427" t="s">
-        <v>1664</v>
+        <v>1667</v>
       </c>
       <c r="E427" s="2" t="s">
-        <v>1665</v>
+        <v>1668</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>1666</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" t="s">
-        <v>1634</v>
+        <v>1475</v>
       </c>
       <c r="B428" t="s">
-        <v>1635</v>
+        <v>1476</v>
       </c>
       <c r="C428" t="s">
-        <v>1667</v>
+        <v>1670</v>
       </c>
       <c r="D428" t="s">
-        <v>1668</v>
+        <v>1671</v>
       </c>
       <c r="E428" s="2" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" t="s">
-        <v>1634</v>
+        <v>1475</v>
       </c>
       <c r="B429" t="s">
-        <v>1635</v>
+        <v>1476</v>
       </c>
       <c r="C429" t="s">
-        <v>1671</v>
+        <v>1674</v>
       </c>
       <c r="D429" t="s">
-        <v>1672</v>
+        <v>1675</v>
       </c>
       <c r="E429" s="2" t="s">
-        <v>1673</v>
+        <v>1676</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>1674</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" t="s">
-        <v>1634</v>
+        <v>1475</v>
       </c>
       <c r="B430" t="s">
-        <v>1635</v>
+        <v>1476</v>
       </c>
       <c r="C430" t="s">
-        <v>1675</v>
+        <v>1678</v>
       </c>
       <c r="D430" t="s">
-        <v>1676</v>
+        <v>1678</v>
       </c>
       <c r="E430" s="2" t="s">
-        <v>1677</v>
+        <v>1679</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>1678</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" t="s">
-        <v>1634</v>
+        <v>1475</v>
       </c>
       <c r="B431" t="s">
-        <v>1635</v>
+        <v>1476</v>
       </c>
       <c r="C431" t="s">
-        <v>1679</v>
+        <v>1681</v>
       </c>
       <c r="D431" t="s">
-        <v>1680</v>
+        <v>1682</v>
       </c>
       <c r="E431" s="2" t="s">
-        <v>1681</v>
+        <v>1683</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" t="s">
-        <v>1634</v>
+        <v>1475</v>
       </c>
       <c r="B432" t="s">
-        <v>1635</v>
+        <v>1476</v>
       </c>
       <c r="C432" t="s">
-        <v>1683</v>
+        <v>1685</v>
       </c>
       <c r="D432" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="E432" s="2" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" t="s">
-        <v>1634</v>
+        <v>1475</v>
       </c>
       <c r="B433" t="s">
-        <v>1635</v>
+        <v>1476</v>
       </c>
       <c r="C433" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="D433" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="E433" s="2" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" t="s">
-        <v>1634</v>
+        <v>1475</v>
       </c>
       <c r="B434" t="s">
-        <v>1635</v>
+        <v>1476</v>
       </c>
       <c r="C434" t="s">
-        <v>414</v>
+        <v>1692</v>
       </c>
       <c r="D434" t="s">
-        <v>415</v>
+        <v>1693</v>
       </c>
       <c r="E434" s="2" t="s">
-        <v>416</v>
+        <v>1694</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>417</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" t="s">
-        <v>1634</v>
+        <v>1696</v>
       </c>
       <c r="B435" t="s">
-        <v>1635</v>
+        <v>1697</v>
       </c>
       <c r="C435" t="s">
-        <v>1691</v>
+        <v>1698</v>
       </c>
       <c r="D435" t="s">
-        <v>1692</v>
+        <v>1699</v>
       </c>
       <c r="E435" s="2" t="s">
-        <v>1693</v>
+        <v>1700</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>1694</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" t="s">
-        <v>1634</v>
+        <v>1696</v>
       </c>
       <c r="B436" t="s">
-        <v>1635</v>
+        <v>1697</v>
       </c>
       <c r="C436" t="s">
-        <v>1695</v>
+        <v>355</v>
       </c>
       <c r="D436" t="s">
-        <v>1696</v>
+        <v>356</v>
       </c>
       <c r="E436" s="2" t="s">
-        <v>1697</v>
+        <v>1702</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>1698</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" t="s">
-        <v>1634</v>
+        <v>1696</v>
       </c>
       <c r="B437" t="s">
-        <v>1635</v>
+        <v>1697</v>
       </c>
       <c r="C437" t="s">
-        <v>1699</v>
+        <v>1704</v>
       </c>
       <c r="D437" t="s">
-        <v>1699</v>
+        <v>1704</v>
       </c>
       <c r="E437" s="2" t="s">
-        <v>1700</v>
+        <v>1705</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>1701</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" t="s">
-        <v>1702</v>
+        <v>1696</v>
       </c>
       <c r="B438" t="s">
-        <v>1703</v>
+        <v>1697</v>
       </c>
       <c r="C438" t="s">
-        <v>1704</v>
+        <v>1707</v>
       </c>
       <c r="D438" t="s">
-        <v>1705</v>
+        <v>1708</v>
       </c>
       <c r="E438" s="2" t="s">
-        <v>1706</v>
+        <v>1709</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>1707</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" t="s">
-        <v>1702</v>
+        <v>1696</v>
       </c>
       <c r="B439" t="s">
-        <v>1703</v>
+        <v>1697</v>
       </c>
       <c r="C439" t="s">
-        <v>1708</v>
+        <v>1711</v>
       </c>
       <c r="D439" t="s">
-        <v>1709</v>
+        <v>1711</v>
       </c>
       <c r="E439" s="2" t="s">
-        <v>1710</v>
+        <v>1712</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>1711</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" t="s">
-        <v>1702</v>
+        <v>1696</v>
       </c>
       <c r="B440" t="s">
-        <v>1703</v>
+        <v>1697</v>
       </c>
       <c r="C440" t="s">
-        <v>1712</v>
+        <v>1714</v>
       </c>
       <c r="D440" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="E440" s="2" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" t="s">
-        <v>1702</v>
+        <v>1696</v>
       </c>
       <c r="B441" t="s">
-        <v>1703</v>
+        <v>1697</v>
       </c>
       <c r="C441" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="D441" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="E441" s="2" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" t="s">
-        <v>1702</v>
+        <v>1696</v>
       </c>
       <c r="B442" t="s">
-        <v>1703</v>
+        <v>1697</v>
       </c>
       <c r="C442" t="s">
-        <v>291</v>
+        <v>1721</v>
       </c>
       <c r="D442" t="s">
-        <v>292</v>
+        <v>1722</v>
       </c>
       <c r="E442" s="2" t="s">
-        <v>1720</v>
+        <v>1723</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>1721</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" t="s">
-        <v>1702</v>
+        <v>1696</v>
       </c>
       <c r="B443" t="s">
-        <v>1703</v>
+        <v>1697</v>
       </c>
       <c r="C443" t="s">
-        <v>517</v>
+        <v>1725</v>
       </c>
       <c r="D443" t="s">
-        <v>518</v>
+        <v>1726</v>
       </c>
       <c r="E443" s="2" t="s">
-        <v>1722</v>
+        <v>1727</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>1723</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" t="s">
-        <v>1702</v>
+        <v>1696</v>
       </c>
       <c r="B444" t="s">
-        <v>1703</v>
+        <v>1697</v>
       </c>
       <c r="C444" t="s">
-        <v>529</v>
+        <v>1729</v>
       </c>
       <c r="D444" t="s">
-        <v>530</v>
+        <v>1730</v>
       </c>
       <c r="E444" s="2" t="s">
-        <v>1724</v>
+        <v>1731</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>1725</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" t="s">
-        <v>1702</v>
+        <v>1696</v>
       </c>
       <c r="B445" t="s">
-        <v>1703</v>
+        <v>1697</v>
       </c>
       <c r="C445" t="s">
-        <v>1726</v>
+        <v>1733</v>
       </c>
       <c r="D445" t="s">
-        <v>1727</v>
+        <v>1734</v>
       </c>
       <c r="E445" s="2" t="s">
-        <v>1728</v>
+        <v>1735</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>1729</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" t="s">
-        <v>1702</v>
+        <v>1696</v>
       </c>
       <c r="B446" t="s">
-        <v>1703</v>
+        <v>1697</v>
       </c>
       <c r="C446" t="s">
-        <v>1730</v>
+        <v>1737</v>
       </c>
       <c r="D446" t="s">
-        <v>1731</v>
+        <v>1738</v>
       </c>
       <c r="E446" s="2" t="s">
-        <v>1732</v>
+        <v>1739</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>1733</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" t="s">
-        <v>1702</v>
+        <v>1696</v>
       </c>
       <c r="B447" t="s">
-        <v>1703</v>
+        <v>1697</v>
       </c>
       <c r="C447" t="s">
-        <v>299</v>
+        <v>1741</v>
       </c>
       <c r="D447" t="s">
-        <v>300</v>
+        <v>1742</v>
       </c>
       <c r="E447" s="2" t="s">
-        <v>301</v>
+        <v>1743</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>302</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" t="s">
-        <v>1702</v>
+        <v>1696</v>
       </c>
       <c r="B448" t="s">
-        <v>1703</v>
+        <v>1697</v>
       </c>
       <c r="C448" t="s">
-        <v>1734</v>
+        <v>1745</v>
       </c>
       <c r="D448" t="s">
-        <v>1735</v>
+        <v>1746</v>
       </c>
       <c r="E448" s="2" t="s">
-        <v>1736</v>
+        <v>1747</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>1737</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" t="s">
-        <v>1702</v>
+        <v>1696</v>
       </c>
       <c r="B449" t="s">
-        <v>1703</v>
+        <v>1697</v>
       </c>
       <c r="C449" t="s">
-        <v>1738</v>
+        <v>1749</v>
       </c>
       <c r="D449" t="s">
-        <v>1739</v>
+        <v>1750</v>
       </c>
       <c r="E449" s="2" t="s">
-        <v>1740</v>
+        <v>1751</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>1741</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" t="s">
-        <v>1702</v>
+        <v>1696</v>
       </c>
       <c r="B450" t="s">
-        <v>1703</v>
+        <v>1697</v>
       </c>
       <c r="C450" t="s">
-        <v>1742</v>
+        <v>1753</v>
       </c>
       <c r="D450" t="s">
-        <v>1743</v>
+        <v>1754</v>
       </c>
       <c r="E450" s="2" t="s">
-        <v>1744</v>
+        <v>1755</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>1745</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" t="s">
-        <v>1702</v>
+        <v>1696</v>
       </c>
       <c r="B451" t="s">
-        <v>1703</v>
+        <v>1697</v>
       </c>
       <c r="C451" t="s">
-        <v>303</v>
+        <v>1757</v>
       </c>
       <c r="D451" t="s">
-        <v>304</v>
+        <v>1758</v>
       </c>
       <c r="E451" s="2" t="s">
-        <v>305</v>
+        <v>1759</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>306</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" t="s">
-        <v>1702</v>
+        <v>1696</v>
       </c>
       <c r="B452" t="s">
-        <v>1703</v>
+        <v>1697</v>
       </c>
       <c r="C452" t="s">
-        <v>920</v>
+        <v>1761</v>
       </c>
       <c r="D452" t="s">
-        <v>921</v>
+        <v>1761</v>
       </c>
       <c r="E452" s="2" t="s">
-        <v>1208</v>
+        <v>1762</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>1209</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" t="s">
-        <v>1702</v>
+        <v>1764</v>
       </c>
       <c r="B453" t="s">
-        <v>1703</v>
+        <v>1765</v>
       </c>
       <c r="C453" t="s">
-        <v>1746</v>
+        <v>1766</v>
       </c>
       <c r="D453" t="s">
-        <v>1747</v>
+        <v>1767</v>
       </c>
       <c r="E453" s="2" t="s">
-        <v>1748</v>
+        <v>1768</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>1749</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" t="s">
-        <v>1702</v>
+        <v>1764</v>
       </c>
       <c r="B454" t="s">
-        <v>1703</v>
+        <v>1765</v>
       </c>
       <c r="C454" t="s">
-        <v>928</v>
+        <v>1770</v>
       </c>
       <c r="D454" t="s">
-        <v>929</v>
+        <v>1771</v>
       </c>
       <c r="E454" s="2" t="s">
-        <v>1750</v>
+        <v>1772</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>1751</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" t="s">
-        <v>1702</v>
+        <v>1764</v>
       </c>
       <c r="B455" t="s">
-        <v>1703</v>
+        <v>1765</v>
       </c>
       <c r="C455" t="s">
-        <v>311</v>
+        <v>1774</v>
       </c>
       <c r="D455" t="s">
-        <v>312</v>
+        <v>1775</v>
       </c>
       <c r="E455" s="2" t="s">
-        <v>313</v>
+        <v>1776</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>314</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" t="s">
-        <v>1702</v>
+        <v>1764</v>
       </c>
       <c r="B456" t="s">
-        <v>1703</v>
+        <v>1765</v>
       </c>
       <c r="C456" t="s">
-        <v>617</v>
+        <v>1778</v>
       </c>
       <c r="D456" t="s">
-        <v>618</v>
+        <v>1779</v>
       </c>
       <c r="E456" s="2" t="s">
-        <v>619</v>
+        <v>1780</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>620</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" t="s">
-        <v>1752</v>
+        <v>1764</v>
       </c>
       <c r="B457" t="s">
-        <v>1753</v>
+        <v>1765</v>
       </c>
       <c r="C457" t="s">
-        <v>1754</v>
+        <v>299</v>
       </c>
       <c r="D457" t="s">
-        <v>1755</v>
+        <v>300</v>
       </c>
       <c r="E457" s="2" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>1757</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" t="s">
-        <v>1752</v>
+        <v>1764</v>
       </c>
       <c r="B458" t="s">
-        <v>1753</v>
+        <v>1765</v>
       </c>
       <c r="C458" t="s">
-        <v>1758</v>
+        <v>529</v>
       </c>
       <c r="D458" t="s">
-        <v>1759</v>
+        <v>530</v>
       </c>
       <c r="E458" s="2" t="s">
-        <v>1760</v>
+        <v>1784</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>1761</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" t="s">
-        <v>1752</v>
+        <v>1764</v>
       </c>
       <c r="B459" t="s">
-        <v>1753</v>
+        <v>1765</v>
       </c>
       <c r="C459" t="s">
-        <v>1762</v>
+        <v>545</v>
       </c>
       <c r="D459" t="s">
-        <v>1763</v>
+        <v>546</v>
       </c>
       <c r="E459" s="2" t="s">
-        <v>1764</v>
+        <v>1786</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>1765</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" t="s">
-        <v>1752</v>
+        <v>1764</v>
       </c>
       <c r="B460" t="s">
-        <v>1753</v>
+        <v>1765</v>
       </c>
       <c r="C460" t="s">
-        <v>1766</v>
+        <v>1788</v>
       </c>
       <c r="D460" t="s">
-        <v>1767</v>
+        <v>1789</v>
       </c>
       <c r="E460" s="2" t="s">
-        <v>1768</v>
+        <v>1790</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>1769</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" t="s">
-        <v>1752</v>
+        <v>1764</v>
       </c>
       <c r="B461" t="s">
-        <v>1753</v>
+        <v>1765</v>
       </c>
       <c r="C461" t="s">
-        <v>1770</v>
+        <v>1792</v>
       </c>
       <c r="D461" t="s">
-        <v>1771</v>
+        <v>1793</v>
       </c>
       <c r="E461" s="2" t="s">
-        <v>1772</v>
+        <v>1794</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>1773</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" t="s">
-        <v>1752</v>
+        <v>1764</v>
       </c>
       <c r="B462" t="s">
-        <v>1753</v>
+        <v>1765</v>
       </c>
       <c r="C462" t="s">
-        <v>1774</v>
+        <v>307</v>
       </c>
       <c r="D462" t="s">
-        <v>1775</v>
+        <v>308</v>
       </c>
       <c r="E462" s="2" t="s">
-        <v>1776</v>
+        <v>309</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>1777</v>
+        <v>310</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" t="s">
-        <v>1752</v>
+        <v>1764</v>
       </c>
       <c r="B463" t="s">
-        <v>1753</v>
+        <v>1765</v>
       </c>
       <c r="C463" t="s">
-        <v>1778</v>
+        <v>1796</v>
       </c>
       <c r="D463" t="s">
-        <v>1779</v>
+        <v>1797</v>
       </c>
       <c r="E463" s="2" t="s">
-        <v>1780</v>
+        <v>1798</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>1781</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" t="s">
-        <v>1752</v>
+        <v>1764</v>
       </c>
       <c r="B464" t="s">
-        <v>1753</v>
+        <v>1765</v>
       </c>
       <c r="C464" t="s">
-        <v>1782</v>
+        <v>1800</v>
       </c>
       <c r="D464" t="s">
-        <v>1783</v>
+        <v>1801</v>
       </c>
       <c r="E464" s="2" t="s">
-        <v>1784</v>
+        <v>1802</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>1785</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" t="s">
-        <v>1752</v>
+        <v>1764</v>
       </c>
       <c r="B465" t="s">
-        <v>1753</v>
+        <v>1765</v>
       </c>
       <c r="C465" t="s">
-        <v>1786</v>
+        <v>1804</v>
       </c>
       <c r="D465" t="s">
-        <v>1787</v>
+        <v>1805</v>
       </c>
       <c r="E465" s="2" t="s">
-        <v>1788</v>
+        <v>1806</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>1789</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" t="s">
-        <v>1752</v>
+        <v>1764</v>
       </c>
       <c r="B466" t="s">
-        <v>1753</v>
+        <v>1765</v>
       </c>
       <c r="C466" t="s">
-        <v>1790</v>
+        <v>315</v>
       </c>
       <c r="D466" t="s">
-        <v>1791</v>
+        <v>316</v>
       </c>
       <c r="E466" s="2" t="s">
-        <v>1792</v>
+        <v>317</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>1793</v>
+        <v>318</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" t="s">
-        <v>1752</v>
+        <v>1764</v>
       </c>
       <c r="B467" t="s">
-        <v>1753</v>
+        <v>1765</v>
       </c>
       <c r="C467" t="s">
-        <v>1794</v>
+        <v>936</v>
       </c>
       <c r="D467" t="s">
-        <v>1795</v>
+        <v>937</v>
       </c>
       <c r="E467" s="2" t="s">
-        <v>1796</v>
+        <v>1239</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>1797</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" t="s">
-        <v>1752</v>
+        <v>1764</v>
       </c>
       <c r="B468" t="s">
-        <v>1753</v>
+        <v>1765</v>
       </c>
       <c r="C468" t="s">
-        <v>1798</v>
+        <v>1808</v>
       </c>
       <c r="D468" t="s">
-        <v>1799</v>
+        <v>1809</v>
       </c>
       <c r="E468" s="2" t="s">
-        <v>1800</v>
+        <v>1810</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>1801</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" t="s">
-        <v>1752</v>
+        <v>1764</v>
       </c>
       <c r="B469" t="s">
-        <v>1753</v>
+        <v>1765</v>
       </c>
       <c r="C469" t="s">
-        <v>1802</v>
+        <v>944</v>
       </c>
       <c r="D469" t="s">
-        <v>1803</v>
+        <v>945</v>
       </c>
       <c r="E469" s="2" t="s">
-        <v>1804</v>
+        <v>1812</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>1805</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" t="s">
-        <v>1752</v>
+        <v>1764</v>
       </c>
       <c r="B470" t="s">
-        <v>1753</v>
+        <v>1765</v>
       </c>
       <c r="C470" t="s">
-        <v>1806</v>
+        <v>323</v>
       </c>
       <c r="D470" t="s">
-        <v>1807</v>
+        <v>324</v>
       </c>
       <c r="E470" s="2" t="s">
-        <v>1808</v>
+        <v>325</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>1809</v>
+        <v>326</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" t="s">
-        <v>1752</v>
+        <v>1764</v>
       </c>
       <c r="B471" t="s">
-        <v>1753</v>
+        <v>1765</v>
       </c>
       <c r="C471" t="s">
-        <v>1810</v>
+        <v>633</v>
       </c>
       <c r="D471" t="s">
-        <v>1811</v>
+        <v>634</v>
       </c>
       <c r="E471" s="2" t="s">
-        <v>1812</v>
+        <v>635</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>1813</v>
+        <v>636</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" t="s">
-        <v>1752</v>
+        <v>1764</v>
       </c>
       <c r="B472" t="s">
-        <v>1753</v>
+        <v>1765</v>
       </c>
       <c r="C472" t="s">
         <v>1814</v>
       </c>
       <c r="D472" t="s">
         <v>1815</v>
       </c>
       <c r="E472" s="2" t="s">
         <v>1816</v>
       </c>
       <c r="F472" s="2" t="s">
         <v>1817</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B473" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C473" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
       <c r="D473" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="E473" s="2" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B474" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C474" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="D474" t="s">
-        <v>1823</v>
+        <v>1825</v>
       </c>
       <c r="E474" s="2" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>1825</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B475" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C475" t="s">
-        <v>1826</v>
+        <v>1828</v>
       </c>
       <c r="D475" t="s">
-        <v>1827</v>
+        <v>1829</v>
       </c>
       <c r="E475" s="2" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B476" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C476" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="D476" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
       <c r="E476" s="2" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B477" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C477" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="D477" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="E477" s="2" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B478" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C478" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="D478" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="E478" s="2" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B479" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C479" t="s">
-        <v>1842</v>
+        <v>1844</v>
       </c>
       <c r="D479" t="s">
-        <v>1843</v>
+        <v>1845</v>
       </c>
       <c r="E479" s="2" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B480" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C480" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="D480" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="E480" s="2" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B481" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C481" t="s">
-        <v>1850</v>
+        <v>1852</v>
       </c>
       <c r="D481" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="E481" s="2" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B482" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C482" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="D482" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="E482" s="2" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B483" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C483" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="D483" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="E483" s="2" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B484" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C484" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
       <c r="D484" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="E484" s="2" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B485" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C485" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="D485" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
       <c r="E485" s="2" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="F485" s="2" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B486" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C486" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
       <c r="D486" t="s">
-        <v>1871</v>
+        <v>1873</v>
       </c>
       <c r="E486" s="2" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B487" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C487" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="D487" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="E487" s="2" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>1877</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B488" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C488" t="s">
-        <v>1878</v>
+        <v>1880</v>
       </c>
       <c r="D488" t="s">
-        <v>1879</v>
+        <v>1881</v>
       </c>
       <c r="E488" s="2" t="s">
-        <v>1880</v>
+        <v>1882</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>1881</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B489" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C489" t="s">
-        <v>1882</v>
+        <v>1884</v>
       </c>
       <c r="D489" t="s">
-        <v>1883</v>
+        <v>1885</v>
       </c>
       <c r="E489" s="2" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B490" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C490" t="s">
-        <v>1886</v>
+        <v>1888</v>
       </c>
       <c r="D490" t="s">
-        <v>1887</v>
+        <v>1889</v>
       </c>
       <c r="E490" s="2" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
       <c r="F490" s="2" t="s">
-        <v>1889</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B491" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C491" t="s">
-        <v>1890</v>
+        <v>1892</v>
       </c>
       <c r="D491" t="s">
-        <v>1891</v>
+        <v>1893</v>
       </c>
       <c r="E491" s="2" t="s">
-        <v>1892</v>
+        <v>1894</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>1893</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B492" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C492" t="s">
-        <v>1894</v>
+        <v>1896</v>
       </c>
       <c r="D492" t="s">
-        <v>1895</v>
+        <v>1897</v>
       </c>
       <c r="E492" s="2" t="s">
-        <v>1896</v>
+        <v>1898</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>1897</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B493" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C493" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="D493" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="E493" s="2" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>1901</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B494" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C494" t="s">
-        <v>1902</v>
+        <v>1904</v>
       </c>
       <c r="D494" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
       <c r="E494" s="2" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="F494" s="2" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B495" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C495" t="s">
-        <v>1906</v>
+        <v>1908</v>
       </c>
       <c r="D495" t="s">
-        <v>1907</v>
+        <v>1909</v>
       </c>
       <c r="E495" s="2" t="s">
-        <v>1908</v>
+        <v>1910</v>
       </c>
       <c r="F495" s="2" t="s">
-        <v>1909</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" t="s">
-        <v>1752</v>
+        <v>1818</v>
       </c>
       <c r="B496" t="s">
-        <v>1753</v>
+        <v>1819</v>
       </c>
       <c r="C496" t="s">
-        <v>1910</v>
+        <v>1912</v>
       </c>
       <c r="D496" t="s">
-        <v>1911</v>
+        <v>1913</v>
       </c>
       <c r="E496" s="2" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>1913</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" t="s">
-        <v>1914</v>
+        <v>1818</v>
       </c>
       <c r="B497" t="s">
-        <v>1915</v>
+        <v>1819</v>
       </c>
       <c r="C497" t="s">
         <v>1916</v>
       </c>
       <c r="D497" t="s">
         <v>1917</v>
       </c>
       <c r="E497" s="2" t="s">
         <v>1918</v>
       </c>
       <c r="F497" s="2" t="s">
         <v>1919</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" t="s">
-        <v>1914</v>
+        <v>1818</v>
       </c>
       <c r="B498" t="s">
-        <v>1915</v>
+        <v>1819</v>
       </c>
       <c r="C498" t="s">
         <v>1920</v>
       </c>
       <c r="D498" t="s">
         <v>1921</v>
       </c>
       <c r="E498" s="2" t="s">
         <v>1922</v>
       </c>
       <c r="F498" s="2" t="s">
         <v>1923</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" t="s">
-        <v>1914</v>
+        <v>1818</v>
       </c>
       <c r="B499" t="s">
-        <v>1915</v>
+        <v>1819</v>
       </c>
       <c r="C499" t="s">
         <v>1924</v>
       </c>
       <c r="D499" t="s">
         <v>1925</v>
       </c>
       <c r="E499" s="2" t="s">
         <v>1926</v>
       </c>
       <c r="F499" s="2" t="s">
         <v>1927</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" t="s">
-        <v>1914</v>
+        <v>1818</v>
       </c>
       <c r="B500" t="s">
-        <v>1915</v>
+        <v>1819</v>
       </c>
       <c r="C500" t="s">
         <v>1928</v>
       </c>
       <c r="D500" t="s">
         <v>1929</v>
       </c>
       <c r="E500" s="2" t="s">
         <v>1930</v>
       </c>
       <c r="F500" s="2" t="s">
         <v>1931</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" t="s">
-        <v>1914</v>
+        <v>1818</v>
       </c>
       <c r="B501" t="s">
-        <v>1915</v>
+        <v>1819</v>
       </c>
       <c r="C501" t="s">
         <v>1932</v>
       </c>
       <c r="D501" t="s">
         <v>1933</v>
       </c>
       <c r="E501" s="2" t="s">
         <v>1934</v>
       </c>
       <c r="F501" s="2" t="s">
         <v>1935</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" t="s">
-        <v>1914</v>
+        <v>1818</v>
       </c>
       <c r="B502" t="s">
-        <v>1915</v>
+        <v>1819</v>
       </c>
       <c r="C502" t="s">
         <v>1936</v>
       </c>
       <c r="D502" t="s">
         <v>1937</v>
       </c>
       <c r="E502" s="2" t="s">
         <v>1938</v>
       </c>
       <c r="F502" s="2" t="s">
         <v>1939</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B503" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C503" t="s">
         <v>1940</v>
       </c>
-      <c r="B503" t="s">
+      <c r="D503" t="s">
         <v>1941</v>
       </c>
-      <c r="C503" t="s">
+      <c r="E503" s="2" t="s">
         <v>1942</v>
       </c>
-      <c r="D503" t="s">
-[...2 lines deleted...]
-      <c r="E503" s="2" t="s">
+      <c r="F503" s="2" t="s">
         <v>1943</v>
-      </c>
-[...1 lines deleted...]
-        <v>1944</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" t="s">
-        <v>1940</v>
+        <v>1818</v>
       </c>
       <c r="B504" t="s">
-        <v>1941</v>
+        <v>1819</v>
       </c>
       <c r="C504" t="s">
+        <v>1944</v>
+      </c>
+      <c r="D504" t="s">
         <v>1945</v>
       </c>
-      <c r="D504" t="s">
+      <c r="E504" s="2" t="s">
         <v>1946</v>
       </c>
-      <c r="E504" s="2" t="s">
+      <c r="F504" s="2" t="s">
         <v>1947</v>
-      </c>
-[...1 lines deleted...]
-        <v>1948</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" t="s">
-        <v>1940</v>
+        <v>1818</v>
       </c>
       <c r="B505" t="s">
-        <v>1941</v>
+        <v>1819</v>
       </c>
       <c r="C505" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="D505" t="s">
         <v>1949</v>
       </c>
       <c r="E505" s="2" t="s">
         <v>1950</v>
       </c>
       <c r="F505" s="2" t="s">
         <v>1951</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" t="s">
-        <v>1940</v>
+        <v>1818</v>
       </c>
       <c r="B506" t="s">
-        <v>1941</v>
+        <v>1819</v>
       </c>
       <c r="C506" t="s">
         <v>1952</v>
       </c>
       <c r="D506" t="s">
         <v>1953</v>
       </c>
       <c r="E506" s="2" t="s">
         <v>1954</v>
       </c>
       <c r="F506" s="2" t="s">
         <v>1955</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" t="s">
-        <v>1940</v>
+        <v>1818</v>
       </c>
       <c r="B507" t="s">
-        <v>1941</v>
+        <v>1819</v>
       </c>
       <c r="C507" t="s">
         <v>1956</v>
       </c>
       <c r="D507" t="s">
         <v>1957</v>
       </c>
       <c r="E507" s="2" t="s">
         <v>1958</v>
       </c>
       <c r="F507" s="2" t="s">
         <v>1959</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" t="s">
-        <v>1940</v>
+        <v>1818</v>
       </c>
       <c r="B508" t="s">
-        <v>1941</v>
+        <v>1819</v>
       </c>
       <c r="C508" t="s">
         <v>1960</v>
       </c>
       <c r="D508" t="s">
         <v>1961</v>
       </c>
       <c r="E508" s="2" t="s">
         <v>1962</v>
       </c>
       <c r="F508" s="2" t="s">
         <v>1963</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" t="s">
-        <v>1940</v>
+        <v>1818</v>
       </c>
       <c r="B509" t="s">
-        <v>1941</v>
+        <v>1819</v>
       </c>
       <c r="C509" t="s">
         <v>1964</v>
       </c>
       <c r="D509" t="s">
         <v>1965</v>
       </c>
       <c r="E509" s="2" t="s">
         <v>1966</v>
       </c>
       <c r="F509" s="2" t="s">
         <v>1967</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" t="s">
-        <v>1940</v>
+        <v>1818</v>
       </c>
       <c r="B510" t="s">
-        <v>1941</v>
+        <v>1819</v>
       </c>
       <c r="C510" t="s">
         <v>1968</v>
       </c>
       <c r="D510" t="s">
         <v>1969</v>
       </c>
       <c r="E510" s="2" t="s">
         <v>1970</v>
       </c>
       <c r="F510" s="2" t="s">
         <v>1971</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" t="s">
-        <v>1940</v>
+        <v>1818</v>
       </c>
       <c r="B511" t="s">
-        <v>1941</v>
+        <v>1819</v>
       </c>
       <c r="C511" t="s">
         <v>1972</v>
       </c>
       <c r="D511" t="s">
         <v>1973</v>
       </c>
       <c r="E511" s="2" t="s">
         <v>1974</v>
       </c>
       <c r="F511" s="2" t="s">
         <v>1975</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" t="s">
-        <v>1940</v>
+        <v>1818</v>
       </c>
       <c r="B512" t="s">
-        <v>1941</v>
+        <v>1819</v>
       </c>
       <c r="C512" t="s">
-        <v>1886</v>
+        <v>1976</v>
       </c>
       <c r="D512" t="s">
-        <v>1887</v>
+        <v>1977</v>
       </c>
       <c r="E512" s="2" t="s">
-        <v>1888</v>
+        <v>1978</v>
       </c>
       <c r="F512" s="2" t="s">
-        <v>1889</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" t="s">
-        <v>1940</v>
+        <v>1818</v>
       </c>
       <c r="B513" t="s">
-        <v>1941</v>
+        <v>1819</v>
       </c>
       <c r="C513" t="s">
-        <v>1890</v>
+        <v>1980</v>
       </c>
       <c r="D513" t="s">
-        <v>1891</v>
+        <v>1981</v>
       </c>
       <c r="E513" s="2" t="s">
-        <v>1892</v>
+        <v>1982</v>
       </c>
       <c r="F513" s="2" t="s">
-        <v>1893</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" t="s">
-        <v>1976</v>
+        <v>1818</v>
       </c>
       <c r="B514" t="s">
-        <v>1977</v>
+        <v>1819</v>
       </c>
       <c r="C514" t="s">
-        <v>529</v>
+        <v>1984</v>
       </c>
       <c r="D514" t="s">
-        <v>530</v>
+        <v>1985</v>
       </c>
       <c r="E514" s="2" t="s">
-        <v>1724</v>
+        <v>1986</v>
       </c>
       <c r="F514" s="2" t="s">
-        <v>1725</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" t="s">
-        <v>1976</v>
+        <v>1818</v>
       </c>
       <c r="B515" t="s">
-        <v>1977</v>
+        <v>1819</v>
       </c>
       <c r="C515" t="s">
-        <v>1978</v>
+        <v>1988</v>
       </c>
       <c r="D515" t="s">
-        <v>1979</v>
+        <v>1989</v>
       </c>
       <c r="E515" s="2" t="s">
-        <v>1980</v>
+        <v>1990</v>
       </c>
       <c r="F515" s="2" t="s">
-        <v>1981</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" t="s">
-        <v>1976</v>
+        <v>1818</v>
       </c>
       <c r="B516" t="s">
-        <v>1977</v>
+        <v>1819</v>
       </c>
       <c r="C516" t="s">
-        <v>1982</v>
+        <v>1992</v>
       </c>
       <c r="D516" t="s">
-        <v>1983</v>
+        <v>1993</v>
       </c>
       <c r="E516" s="2" t="s">
-        <v>1984</v>
+        <v>1994</v>
       </c>
       <c r="F516" s="2" t="s">
-        <v>1985</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" t="s">
-        <v>1976</v>
+        <v>1818</v>
       </c>
       <c r="B517" t="s">
-        <v>1977</v>
+        <v>1819</v>
       </c>
       <c r="C517" t="s">
-        <v>1986</v>
+        <v>1996</v>
       </c>
       <c r="D517" t="s">
-        <v>1987</v>
+        <v>1997</v>
       </c>
       <c r="E517" s="2" t="s">
-        <v>1988</v>
+        <v>1998</v>
       </c>
       <c r="F517" s="2" t="s">
-        <v>1989</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" t="s">
-        <v>1976</v>
+        <v>1818</v>
       </c>
       <c r="B518" t="s">
-        <v>1977</v>
+        <v>1819</v>
       </c>
       <c r="C518" t="s">
-        <v>955</v>
+        <v>2000</v>
       </c>
       <c r="D518" t="s">
-        <v>956</v>
+        <v>2001</v>
       </c>
       <c r="E518" s="2" t="s">
-        <v>1990</v>
+        <v>2002</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>1991</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" t="s">
-        <v>1976</v>
+        <v>1818</v>
       </c>
       <c r="B519" t="s">
-        <v>1977</v>
+        <v>1819</v>
       </c>
       <c r="C519" t="s">
-        <v>1992</v>
+        <v>2004</v>
       </c>
       <c r="D519" t="s">
-        <v>1993</v>
+        <v>2005</v>
       </c>
       <c r="E519" s="2" t="s">
-        <v>1994</v>
+        <v>2006</v>
       </c>
       <c r="F519" s="2" t="s">
-        <v>1995</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" t="s">
-        <v>1976</v>
+        <v>2008</v>
       </c>
       <c r="B520" t="s">
-        <v>1977</v>
+        <v>2009</v>
       </c>
       <c r="C520" t="s">
-        <v>1996</v>
+        <v>2010</v>
       </c>
       <c r="D520" t="s">
-        <v>1997</v>
+        <v>2011</v>
       </c>
       <c r="E520" s="2" t="s">
-        <v>1998</v>
+        <v>2012</v>
       </c>
       <c r="F520" s="2" t="s">
-        <v>1999</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" t="s">
-        <v>1976</v>
+        <v>2008</v>
       </c>
       <c r="B521" t="s">
-        <v>1977</v>
+        <v>2009</v>
       </c>
       <c r="C521" t="s">
-        <v>299</v>
+        <v>2014</v>
       </c>
       <c r="D521" t="s">
-        <v>300</v>
+        <v>2015</v>
       </c>
       <c r="E521" s="2" t="s">
-        <v>301</v>
+        <v>2016</v>
       </c>
       <c r="F521" s="2" t="s">
-        <v>302</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" t="s">
-        <v>1976</v>
+        <v>2008</v>
       </c>
       <c r="B522" t="s">
-        <v>1977</v>
+        <v>2009</v>
       </c>
       <c r="C522" t="s">
-        <v>2000</v>
+        <v>2018</v>
       </c>
       <c r="D522" t="s">
-        <v>2001</v>
+        <v>2019</v>
       </c>
       <c r="E522" s="2" t="s">
-        <v>2002</v>
+        <v>2020</v>
       </c>
       <c r="F522" s="2" t="s">
-        <v>2003</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" t="s">
-        <v>1976</v>
+        <v>2008</v>
       </c>
       <c r="B523" t="s">
-        <v>1977</v>
+        <v>2009</v>
       </c>
       <c r="C523" t="s">
-        <v>2004</v>
+        <v>2022</v>
       </c>
       <c r="D523" t="s">
-        <v>2005</v>
+        <v>2023</v>
       </c>
       <c r="E523" s="2" t="s">
-        <v>2006</v>
+        <v>2024</v>
       </c>
       <c r="F523" s="2" t="s">
-        <v>2007</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" t="s">
-        <v>1976</v>
+        <v>2008</v>
       </c>
       <c r="B524" t="s">
-        <v>1977</v>
+        <v>2009</v>
       </c>
       <c r="C524" t="s">
-        <v>2008</v>
+        <v>2026</v>
       </c>
       <c r="D524" t="s">
-        <v>2009</v>
+        <v>2027</v>
       </c>
       <c r="E524" s="2" t="s">
-        <v>2010</v>
+        <v>2028</v>
       </c>
       <c r="F524" s="2" t="s">
-        <v>2011</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" t="s">
-        <v>1976</v>
+        <v>2008</v>
       </c>
       <c r="B525" t="s">
-        <v>1977</v>
+        <v>2009</v>
       </c>
       <c r="C525" t="s">
-        <v>303</v>
+        <v>2030</v>
       </c>
       <c r="D525" t="s">
-        <v>304</v>
+        <v>2031</v>
       </c>
       <c r="E525" s="2" t="s">
-        <v>305</v>
+        <v>2032</v>
       </c>
       <c r="F525" s="2" t="s">
-        <v>306</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" t="s">
-        <v>1976</v>
+        <v>2034</v>
       </c>
       <c r="B526" t="s">
-        <v>1977</v>
+        <v>2035</v>
       </c>
       <c r="C526" t="s">
-        <v>2012</v>
+        <v>2036</v>
       </c>
       <c r="D526" t="s">
-        <v>2013</v>
+        <v>2036</v>
       </c>
       <c r="E526" s="2" t="s">
-        <v>2014</v>
+        <v>2037</v>
       </c>
       <c r="F526" s="2" t="s">
-        <v>2015</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" t="s">
-        <v>1976</v>
+        <v>2034</v>
       </c>
       <c r="B527" t="s">
-        <v>1977</v>
+        <v>2035</v>
       </c>
       <c r="C527" t="s">
-        <v>2016</v>
+        <v>2039</v>
       </c>
       <c r="D527" t="s">
-        <v>2017</v>
+        <v>2040</v>
       </c>
       <c r="E527" s="2" t="s">
-        <v>2018</v>
+        <v>2041</v>
       </c>
       <c r="F527" s="2" t="s">
-        <v>2019</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" t="s">
-        <v>1976</v>
+        <v>2034</v>
       </c>
       <c r="B528" t="s">
-        <v>1977</v>
+        <v>2035</v>
       </c>
       <c r="C528" t="s">
-        <v>307</v>
+        <v>2043</v>
       </c>
       <c r="D528" t="s">
-        <v>308</v>
+        <v>2043</v>
       </c>
       <c r="E528" s="2" t="s">
-        <v>309</v>
+        <v>2044</v>
       </c>
       <c r="F528" s="2" t="s">
-        <v>310</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" t="s">
-        <v>1976</v>
+        <v>2034</v>
       </c>
       <c r="B529" t="s">
-        <v>1977</v>
+        <v>2035</v>
       </c>
       <c r="C529" t="s">
-        <v>920</v>
+        <v>2046</v>
       </c>
       <c r="D529" t="s">
-        <v>921</v>
+        <v>2047</v>
       </c>
       <c r="E529" s="2" t="s">
-        <v>1208</v>
+        <v>2048</v>
       </c>
       <c r="F529" s="2" t="s">
-        <v>1209</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" t="s">
-        <v>1976</v>
+        <v>2034</v>
       </c>
       <c r="B530" t="s">
-        <v>1977</v>
+        <v>2035</v>
       </c>
       <c r="C530" t="s">
-        <v>924</v>
+        <v>2050</v>
       </c>
       <c r="D530" t="s">
-        <v>925</v>
+        <v>2051</v>
       </c>
       <c r="E530" s="2" t="s">
-        <v>2020</v>
+        <v>2052</v>
       </c>
       <c r="F530" s="2" t="s">
-        <v>2021</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" t="s">
-        <v>1976</v>
+        <v>2034</v>
       </c>
       <c r="B531" t="s">
-        <v>1977</v>
+        <v>2035</v>
       </c>
       <c r="C531" t="s">
-        <v>311</v>
+        <v>2054</v>
       </c>
       <c r="D531" t="s">
-        <v>312</v>
+        <v>2055</v>
       </c>
       <c r="E531" s="2" t="s">
-        <v>313</v>
+        <v>2056</v>
       </c>
       <c r="F531" s="2" t="s">
-        <v>314</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" t="s">
-        <v>1976</v>
+        <v>2034</v>
       </c>
       <c r="B532" t="s">
-        <v>1977</v>
+        <v>2035</v>
       </c>
       <c r="C532" t="s">
-        <v>2022</v>
+        <v>2058</v>
       </c>
       <c r="D532" t="s">
-        <v>2023</v>
+        <v>2059</v>
       </c>
       <c r="E532" s="2" t="s">
-        <v>2024</v>
+        <v>2060</v>
       </c>
       <c r="F532" s="2" t="s">
-        <v>2025</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" t="s">
-        <v>1976</v>
+        <v>2034</v>
       </c>
       <c r="B533" t="s">
-        <v>1977</v>
+        <v>2035</v>
       </c>
       <c r="C533" t="s">
-        <v>319</v>
+        <v>2062</v>
       </c>
       <c r="D533" t="s">
-        <v>320</v>
+        <v>2063</v>
       </c>
       <c r="E533" s="2" t="s">
-        <v>321</v>
+        <v>2064</v>
       </c>
       <c r="F533" s="2" t="s">
-        <v>322</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" t="s">
-        <v>2026</v>
+        <v>2034</v>
       </c>
       <c r="B534" t="s">
-        <v>2027</v>
+        <v>2035</v>
       </c>
       <c r="C534" t="s">
-        <v>2028</v>
+        <v>2066</v>
       </c>
       <c r="D534" t="s">
-        <v>2029</v>
+        <v>2067</v>
       </c>
       <c r="E534" s="2" t="s">
-        <v>2030</v>
+        <v>2068</v>
       </c>
       <c r="F534" s="2" t="s">
-        <v>2031</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" t="s">
-        <v>2026</v>
+        <v>2034</v>
       </c>
       <c r="B535" t="s">
-        <v>2027</v>
+        <v>2035</v>
       </c>
       <c r="C535" t="s">
-        <v>2032</v>
+        <v>1976</v>
       </c>
       <c r="D535" t="s">
-        <v>2033</v>
+        <v>1977</v>
       </c>
       <c r="E535" s="2" t="s">
-        <v>2034</v>
+        <v>1978</v>
       </c>
       <c r="F535" s="2" t="s">
-        <v>2035</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" t="s">
-        <v>2026</v>
+        <v>2034</v>
       </c>
       <c r="B536" t="s">
-        <v>2027</v>
+        <v>2035</v>
       </c>
       <c r="C536" t="s">
-        <v>2036</v>
+        <v>1980</v>
       </c>
       <c r="D536" t="s">
-        <v>2037</v>
+        <v>1981</v>
       </c>
       <c r="E536" s="2" t="s">
-        <v>2038</v>
+        <v>1982</v>
       </c>
       <c r="F536" s="2" t="s">
-        <v>2039</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" t="s">
-        <v>2026</v>
+        <v>2070</v>
       </c>
       <c r="B537" t="s">
-        <v>2027</v>
+        <v>2071</v>
       </c>
       <c r="C537" t="s">
-        <v>2040</v>
+        <v>545</v>
       </c>
       <c r="D537" t="s">
-        <v>2041</v>
+        <v>546</v>
       </c>
       <c r="E537" s="2" t="s">
-        <v>2042</v>
+        <v>1786</v>
       </c>
       <c r="F537" s="2" t="s">
-        <v>2043</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" t="s">
-        <v>2026</v>
+        <v>2070</v>
       </c>
       <c r="B538" t="s">
-        <v>2027</v>
+        <v>2071</v>
       </c>
       <c r="C538" t="s">
-        <v>2044</v>
+        <v>2072</v>
       </c>
       <c r="D538" t="s">
-        <v>2045</v>
+        <v>2073</v>
       </c>
       <c r="E538" s="2" t="s">
-        <v>2046</v>
+        <v>2074</v>
       </c>
       <c r="F538" s="2" t="s">
-        <v>2047</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" t="s">
-        <v>2026</v>
+        <v>2070</v>
       </c>
       <c r="B539" t="s">
-        <v>2027</v>
+        <v>2071</v>
       </c>
       <c r="C539" t="s">
-        <v>2048</v>
+        <v>2076</v>
       </c>
       <c r="D539" t="s">
-        <v>2049</v>
+        <v>2077</v>
       </c>
       <c r="E539" s="2" t="s">
-        <v>2050</v>
+        <v>2078</v>
       </c>
       <c r="F539" s="2" t="s">
-        <v>2051</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" t="s">
-        <v>2026</v>
+        <v>2070</v>
       </c>
       <c r="B540" t="s">
-        <v>2027</v>
+        <v>2071</v>
       </c>
       <c r="C540" t="s">
-        <v>2052</v>
+        <v>2080</v>
       </c>
       <c r="D540" t="s">
-        <v>2053</v>
+        <v>2081</v>
       </c>
       <c r="E540" s="2" t="s">
-        <v>2054</v>
+        <v>2082</v>
       </c>
       <c r="F540" s="2" t="s">
-        <v>2055</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" t="s">
-        <v>2026</v>
+        <v>2070</v>
       </c>
       <c r="B541" t="s">
-        <v>2027</v>
+        <v>2071</v>
       </c>
       <c r="C541" t="s">
-        <v>2056</v>
+        <v>971</v>
       </c>
       <c r="D541" t="s">
-        <v>2057</v>
+        <v>972</v>
       </c>
       <c r="E541" s="2" t="s">
-        <v>2058</v>
+        <v>2084</v>
       </c>
       <c r="F541" s="2" t="s">
-        <v>2059</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" t="s">
-        <v>2026</v>
+        <v>2070</v>
       </c>
       <c r="B542" t="s">
-        <v>2027</v>
+        <v>2071</v>
       </c>
       <c r="C542" t="s">
-        <v>2060</v>
+        <v>2086</v>
       </c>
       <c r="D542" t="s">
-        <v>2061</v>
+        <v>2087</v>
       </c>
       <c r="E542" s="2" t="s">
-        <v>2062</v>
+        <v>2088</v>
       </c>
       <c r="F542" s="2" t="s">
-        <v>2063</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" t="s">
-        <v>2026</v>
+        <v>2070</v>
       </c>
       <c r="B543" t="s">
-        <v>2027</v>
+        <v>2071</v>
       </c>
       <c r="C543" t="s">
-        <v>2064</v>
+        <v>2090</v>
       </c>
       <c r="D543" t="s">
-        <v>2065</v>
+        <v>2091</v>
       </c>
       <c r="E543" s="2" t="s">
-        <v>2066</v>
+        <v>2092</v>
       </c>
       <c r="F543" s="2" t="s">
-        <v>2067</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" t="s">
-        <v>2026</v>
+        <v>2070</v>
       </c>
       <c r="B544" t="s">
-        <v>2027</v>
+        <v>2071</v>
       </c>
       <c r="C544" t="s">
-        <v>2068</v>
+        <v>307</v>
       </c>
       <c r="D544" t="s">
-        <v>2069</v>
+        <v>308</v>
       </c>
       <c r="E544" s="2" t="s">
-        <v>2070</v>
+        <v>309</v>
       </c>
       <c r="F544" s="2" t="s">
-        <v>2071</v>
+        <v>310</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" t="s">
-        <v>2026</v>
+        <v>2070</v>
       </c>
       <c r="B545" t="s">
-        <v>2027</v>
+        <v>2071</v>
       </c>
       <c r="C545" t="s">
-        <v>2072</v>
+        <v>2094</v>
       </c>
       <c r="D545" t="s">
-        <v>2073</v>
+        <v>2095</v>
       </c>
       <c r="E545" s="2" t="s">
-        <v>2074</v>
+        <v>2096</v>
       </c>
       <c r="F545" s="2" t="s">
-        <v>2075</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" t="s">
-        <v>2026</v>
+        <v>2070</v>
       </c>
       <c r="B546" t="s">
-        <v>2027</v>
+        <v>2071</v>
       </c>
       <c r="C546" t="s">
-        <v>2076</v>
+        <v>2098</v>
       </c>
       <c r="D546" t="s">
-        <v>2077</v>
+        <v>2099</v>
       </c>
       <c r="E546" s="2" t="s">
-        <v>2078</v>
+        <v>2100</v>
       </c>
       <c r="F546" s="2" t="s">
-        <v>2079</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" t="s">
-        <v>2026</v>
+        <v>2070</v>
       </c>
       <c r="B547" t="s">
-        <v>2027</v>
+        <v>2071</v>
       </c>
       <c r="C547" t="s">
-        <v>2080</v>
+        <v>2102</v>
       </c>
       <c r="D547" t="s">
-        <v>2081</v>
+        <v>2103</v>
       </c>
       <c r="E547" s="2" t="s">
-        <v>2082</v>
+        <v>2104</v>
       </c>
       <c r="F547" s="2" t="s">
-        <v>2083</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" t="s">
-        <v>2026</v>
+        <v>2070</v>
       </c>
       <c r="B548" t="s">
-        <v>2027</v>
+        <v>2071</v>
       </c>
       <c r="C548" t="s">
-        <v>2084</v>
+        <v>315</v>
       </c>
       <c r="D548" t="s">
-        <v>2085</v>
+        <v>316</v>
       </c>
       <c r="E548" s="2" t="s">
-        <v>2086</v>
+        <v>317</v>
       </c>
       <c r="F548" s="2" t="s">
-        <v>2087</v>
+        <v>318</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" t="s">
-        <v>2088</v>
+        <v>2070</v>
       </c>
       <c r="B549" t="s">
-        <v>2089</v>
+        <v>2071</v>
       </c>
       <c r="C549" t="s">
-        <v>2090</v>
+        <v>2106</v>
       </c>
       <c r="D549" t="s">
-        <v>2091</v>
+        <v>2107</v>
       </c>
       <c r="E549" s="2" t="s">
-        <v>2092</v>
+        <v>2108</v>
       </c>
       <c r="F549" s="2" t="s">
-        <v>2093</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" t="s">
-        <v>2088</v>
+        <v>2070</v>
       </c>
       <c r="B550" t="s">
-        <v>2089</v>
+        <v>2071</v>
       </c>
       <c r="C550" t="s">
-        <v>2094</v>
+        <v>2110</v>
       </c>
       <c r="D550" t="s">
-        <v>2095</v>
+        <v>2111</v>
       </c>
       <c r="E550" s="2" t="s">
-        <v>2096</v>
+        <v>2112</v>
       </c>
       <c r="F550" s="2" t="s">
-        <v>2097</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" t="s">
-        <v>2088</v>
+        <v>2070</v>
       </c>
       <c r="B551" t="s">
-        <v>2089</v>
+        <v>2071</v>
       </c>
       <c r="C551" t="s">
-        <v>307</v>
+        <v>319</v>
       </c>
       <c r="D551" t="s">
-        <v>308</v>
+        <v>320</v>
       </c>
       <c r="E551" s="2" t="s">
-        <v>2098</v>
+        <v>321</v>
       </c>
       <c r="F551" s="2" t="s">
-        <v>2099</v>
+        <v>322</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" t="s">
-        <v>2088</v>
+        <v>2070</v>
       </c>
       <c r="B552" t="s">
-        <v>2089</v>
+        <v>2071</v>
       </c>
       <c r="C552" t="s">
-        <v>2100</v>
+        <v>936</v>
       </c>
       <c r="D552" t="s">
-        <v>2101</v>
+        <v>937</v>
       </c>
       <c r="E552" s="2" t="s">
-        <v>2102</v>
+        <v>1239</v>
       </c>
       <c r="F552" s="2" t="s">
-        <v>2103</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" t="s">
-        <v>2104</v>
+        <v>2070</v>
       </c>
       <c r="B553" t="s">
-        <v>2105</v>
+        <v>2071</v>
       </c>
       <c r="C553" t="s">
-        <v>2106</v>
+        <v>940</v>
       </c>
       <c r="D553" t="s">
-        <v>2107</v>
+        <v>941</v>
       </c>
       <c r="E553" s="2" t="s">
-        <v>2108</v>
+        <v>2114</v>
       </c>
       <c r="F553" s="2" t="s">
-        <v>2109</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" t="s">
-        <v>2104</v>
+        <v>2070</v>
       </c>
       <c r="B554" t="s">
-        <v>2105</v>
+        <v>2071</v>
       </c>
       <c r="C554" t="s">
-        <v>2110</v>
+        <v>323</v>
       </c>
       <c r="D554" t="s">
-        <v>2111</v>
+        <v>324</v>
       </c>
       <c r="E554" s="2" t="s">
-        <v>2112</v>
+        <v>325</v>
       </c>
       <c r="F554" s="2" t="s">
-        <v>2113</v>
+        <v>326</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" t="s">
-        <v>2104</v>
+        <v>2070</v>
       </c>
       <c r="B555" t="s">
-        <v>2105</v>
+        <v>2071</v>
       </c>
       <c r="C555" t="s">
-        <v>2114</v>
+        <v>2116</v>
       </c>
       <c r="D555" t="s">
-        <v>2115</v>
+        <v>2117</v>
       </c>
       <c r="E555" s="2" t="s">
-        <v>2116</v>
+        <v>2118</v>
       </c>
       <c r="F555" s="2" t="s">
-        <v>2117</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" t="s">
-        <v>2104</v>
+        <v>2070</v>
       </c>
       <c r="B556" t="s">
-        <v>2105</v>
+        <v>2071</v>
       </c>
       <c r="C556" t="s">
-        <v>2118</v>
+        <v>331</v>
       </c>
       <c r="D556" t="s">
-        <v>2119</v>
+        <v>332</v>
       </c>
       <c r="E556" s="2" t="s">
-        <v>2120</v>
+        <v>333</v>
       </c>
       <c r="F556" s="2" t="s">
-        <v>2121</v>
+        <v>334</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" t="s">
-        <v>2104</v>
+        <v>2120</v>
       </c>
       <c r="B557" t="s">
-        <v>2105</v>
+        <v>2121</v>
       </c>
       <c r="C557" t="s">
         <v>2122</v>
       </c>
       <c r="D557" t="s">
         <v>2123</v>
       </c>
       <c r="E557" s="2" t="s">
         <v>2124</v>
       </c>
       <c r="F557" s="2" t="s">
         <v>2125</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" t="s">
-        <v>2104</v>
+        <v>2120</v>
       </c>
       <c r="B558" t="s">
-        <v>2105</v>
+        <v>2121</v>
       </c>
       <c r="C558" t="s">
         <v>2126</v>
       </c>
       <c r="D558" t="s">
         <v>2127</v>
       </c>
       <c r="E558" s="2" t="s">
         <v>2128</v>
       </c>
       <c r="F558" s="2" t="s">
         <v>2129</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" t="s">
-        <v>2104</v>
+        <v>2120</v>
       </c>
       <c r="B559" t="s">
-        <v>2105</v>
+        <v>2121</v>
       </c>
       <c r="C559" t="s">
         <v>2130</v>
       </c>
       <c r="D559" t="s">
         <v>2131</v>
       </c>
       <c r="E559" s="2" t="s">
         <v>2132</v>
       </c>
       <c r="F559" s="2" t="s">
         <v>2133</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" t="s">
-        <v>2104</v>
+        <v>2120</v>
       </c>
       <c r="B560" t="s">
-        <v>2105</v>
+        <v>2121</v>
       </c>
       <c r="C560" t="s">
         <v>2134</v>
       </c>
       <c r="D560" t="s">
         <v>2135</v>
       </c>
       <c r="E560" s="2" t="s">
         <v>2136</v>
       </c>
       <c r="F560" s="2" t="s">
         <v>2137</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" t="s">
-        <v>2104</v>
+        <v>2120</v>
       </c>
       <c r="B561" t="s">
-        <v>2105</v>
+        <v>2121</v>
       </c>
       <c r="C561" t="s">
         <v>2138</v>
       </c>
       <c r="D561" t="s">
         <v>2139</v>
       </c>
       <c r="E561" s="2" t="s">
         <v>2140</v>
       </c>
       <c r="F561" s="2" t="s">
         <v>2141</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" t="s">
+        <v>2120</v>
+      </c>
+      <c r="B562" t="s">
+        <v>2121</v>
+      </c>
+      <c r="C562" t="s">
         <v>2142</v>
       </c>
-      <c r="B562" t="s">
+      <c r="D562" t="s">
         <v>2143</v>
       </c>
-      <c r="C562" t="s">
+      <c r="E562" s="2" t="s">
         <v>2144</v>
       </c>
-      <c r="D562" t="s">
+      <c r="F562" s="2" t="s">
         <v>2145</v>
-      </c>
-[...4 lines deleted...]
-        <v>2147</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" t="s">
-        <v>2142</v>
+        <v>2120</v>
       </c>
       <c r="B563" t="s">
-        <v>2143</v>
+        <v>2121</v>
       </c>
       <c r="C563" t="s">
+        <v>2146</v>
+      </c>
+      <c r="D563" t="s">
+        <v>2147</v>
+      </c>
+      <c r="E563" s="2" t="s">
         <v>2148</v>
       </c>
-      <c r="D563" t="s">
+      <c r="F563" s="2" t="s">
         <v>2149</v>
-      </c>
-[...4 lines deleted...]
-        <v>2151</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" t="s">
-        <v>2142</v>
+        <v>2120</v>
       </c>
       <c r="B564" t="s">
-        <v>2143</v>
+        <v>2121</v>
       </c>
       <c r="C564" t="s">
+        <v>2150</v>
+      </c>
+      <c r="D564" t="s">
+        <v>2151</v>
+      </c>
+      <c r="E564" s="2" t="s">
         <v>2152</v>
       </c>
-      <c r="D564" t="s">
+      <c r="F564" s="2" t="s">
         <v>2153</v>
-      </c>
-[...4 lines deleted...]
-        <v>2155</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" t="s">
-        <v>2142</v>
+        <v>2120</v>
       </c>
       <c r="B565" t="s">
-        <v>2143</v>
+        <v>2121</v>
       </c>
       <c r="C565" t="s">
+        <v>2154</v>
+      </c>
+      <c r="D565" t="s">
+        <v>2155</v>
+      </c>
+      <c r="E565" s="2" t="s">
         <v>2156</v>
       </c>
-      <c r="D565" t="s">
+      <c r="F565" s="2" t="s">
         <v>2157</v>
-      </c>
-[...4 lines deleted...]
-        <v>2159</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" t="s">
-        <v>2142</v>
+        <v>2120</v>
       </c>
       <c r="B566" t="s">
-        <v>2143</v>
+        <v>2121</v>
       </c>
       <c r="C566" t="s">
+        <v>2158</v>
+      </c>
+      <c r="D566" t="s">
+        <v>2159</v>
+      </c>
+      <c r="E566" s="2" t="s">
         <v>2160</v>
       </c>
-      <c r="D566" t="s">
+      <c r="F566" s="2" t="s">
         <v>2161</v>
-      </c>
-[...4 lines deleted...]
-        <v>2163</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" t="s">
-        <v>2142</v>
+        <v>2120</v>
       </c>
       <c r="B567" t="s">
-        <v>2143</v>
+        <v>2121</v>
       </c>
       <c r="C567" t="s">
+        <v>2162</v>
+      </c>
+      <c r="D567" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E567" s="2" t="s">
         <v>2164</v>
       </c>
-      <c r="D567" t="s">
+      <c r="F567" s="2" t="s">
         <v>2165</v>
-      </c>
-[...4 lines deleted...]
-        <v>2167</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" t="s">
-        <v>2142</v>
+        <v>2120</v>
       </c>
       <c r="B568" t="s">
-        <v>2143</v>
+        <v>2121</v>
       </c>
       <c r="C568" t="s">
+        <v>2166</v>
+      </c>
+      <c r="D568" t="s">
+        <v>2167</v>
+      </c>
+      <c r="E568" s="2" t="s">
         <v>2168</v>
       </c>
-      <c r="D568" t="s">
+      <c r="F568" s="2" t="s">
         <v>2169</v>
-      </c>
-[...4 lines deleted...]
-        <v>2171</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" t="s">
-        <v>2142</v>
+        <v>2120</v>
       </c>
       <c r="B569" t="s">
-        <v>2143</v>
+        <v>2121</v>
       </c>
       <c r="C569" t="s">
+        <v>2170</v>
+      </c>
+      <c r="D569" t="s">
+        <v>2171</v>
+      </c>
+      <c r="E569" s="2" t="s">
         <v>2172</v>
       </c>
-      <c r="D569" t="s">
+      <c r="F569" s="2" t="s">
         <v>2173</v>
-      </c>
-[...4 lines deleted...]
-        <v>2175</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" t="s">
-        <v>2142</v>
+        <v>2120</v>
       </c>
       <c r="B570" t="s">
-        <v>2143</v>
+        <v>2121</v>
       </c>
       <c r="C570" t="s">
+        <v>2174</v>
+      </c>
+      <c r="D570" t="s">
+        <v>2175</v>
+      </c>
+      <c r="E570" s="2" t="s">
         <v>2176</v>
       </c>
-      <c r="D570" t="s">
+      <c r="F570" s="2" t="s">
         <v>2177</v>
-      </c>
-[...4 lines deleted...]
-        <v>2179</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" t="s">
-        <v>2142</v>
+        <v>2120</v>
       </c>
       <c r="B571" t="s">
-        <v>2143</v>
+        <v>2121</v>
       </c>
       <c r="C571" t="s">
+        <v>2178</v>
+      </c>
+      <c r="D571" t="s">
+        <v>2179</v>
+      </c>
+      <c r="E571" s="2" t="s">
         <v>2180</v>
       </c>
-      <c r="D571" t="s">
+      <c r="F571" s="2" t="s">
         <v>2181</v>
-      </c>
-[...4 lines deleted...]
-        <v>2183</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" t="s">
-        <v>2142</v>
+        <v>2182</v>
       </c>
       <c r="B572" t="s">
-        <v>2143</v>
+        <v>2183</v>
       </c>
       <c r="C572" t="s">
         <v>2184</v>
       </c>
       <c r="D572" t="s">
         <v>2185</v>
       </c>
       <c r="E572" s="2" t="s">
         <v>2186</v>
       </c>
       <c r="F572" s="2" t="s">
         <v>2187</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" t="s">
-        <v>2142</v>
+        <v>2182</v>
       </c>
       <c r="B573" t="s">
-        <v>2143</v>
+        <v>2183</v>
       </c>
       <c r="C573" t="s">
         <v>2188</v>
       </c>
       <c r="D573" t="s">
         <v>2189</v>
       </c>
       <c r="E573" s="2" t="s">
         <v>2190</v>
       </c>
       <c r="F573" s="2" t="s">
         <v>2191</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" t="s">
-        <v>2142</v>
+        <v>2182</v>
       </c>
       <c r="B574" t="s">
-        <v>2143</v>
+        <v>2183</v>
       </c>
       <c r="C574" t="s">
+        <v>319</v>
+      </c>
+      <c r="D574" t="s">
+        <v>320</v>
+      </c>
+      <c r="E574" s="2" t="s">
         <v>2192</v>
       </c>
-      <c r="D574" t="s">
+      <c r="F574" s="2" t="s">
         <v>2193</v>
-      </c>
-[...4 lines deleted...]
-        <v>2195</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" t="s">
-        <v>2142</v>
+        <v>2182</v>
       </c>
       <c r="B575" t="s">
-        <v>2143</v>
+        <v>2183</v>
       </c>
       <c r="C575" t="s">
+        <v>2194</v>
+      </c>
+      <c r="D575" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E575" s="2" t="s">
         <v>2196</v>
       </c>
-      <c r="D575" t="s">
+      <c r="F575" s="2" t="s">
         <v>2197</v>
-      </c>
-[...4 lines deleted...]
-        <v>2199</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" t="s">
-        <v>2142</v>
+        <v>2198</v>
       </c>
       <c r="B576" t="s">
-        <v>2143</v>
+        <v>2199</v>
       </c>
       <c r="C576" t="s">
         <v>2200</v>
       </c>
       <c r="D576" t="s">
         <v>2201</v>
       </c>
       <c r="E576" s="2" t="s">
         <v>2202</v>
       </c>
       <c r="F576" s="2" t="s">
         <v>2203</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" t="s">
-        <v>2142</v>
+        <v>2198</v>
       </c>
       <c r="B577" t="s">
-        <v>2143</v>
+        <v>2199</v>
       </c>
       <c r="C577" t="s">
         <v>2204</v>
       </c>
       <c r="D577" t="s">
         <v>2205</v>
       </c>
       <c r="E577" s="2" t="s">
         <v>2206</v>
       </c>
       <c r="F577" s="2" t="s">
         <v>2207</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B578" t="s">
+        <v>2199</v>
+      </c>
+      <c r="C578" t="s">
         <v>2208</v>
       </c>
-      <c r="B578" t="s">
+      <c r="D578" t="s">
         <v>2209</v>
       </c>
-      <c r="C578" t="s">
+      <c r="E578" s="2" t="s">
         <v>2210</v>
       </c>
-      <c r="D578" t="s">
+      <c r="F578" s="2" t="s">
         <v>2211</v>
-      </c>
-[...4 lines deleted...]
-        <v>2213</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" t="s">
-        <v>2208</v>
+        <v>2198</v>
       </c>
       <c r="B579" t="s">
-        <v>2209</v>
+        <v>2199</v>
       </c>
       <c r="C579" t="s">
+        <v>2212</v>
+      </c>
+      <c r="D579" t="s">
+        <v>2213</v>
+      </c>
+      <c r="E579" s="2" t="s">
         <v>2214</v>
       </c>
-      <c r="D579" t="s">
+      <c r="F579" s="2" t="s">
         <v>2215</v>
-      </c>
-[...4 lines deleted...]
-        <v>2217</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" t="s">
-        <v>2208</v>
+        <v>2198</v>
       </c>
       <c r="B580" t="s">
-        <v>2209</v>
+        <v>2199</v>
       </c>
       <c r="C580" t="s">
-        <v>303</v>
+        <v>2216</v>
       </c>
       <c r="D580" t="s">
-        <v>304</v>
+        <v>2217</v>
       </c>
       <c r="E580" s="2" t="s">
-        <v>305</v>
+        <v>2218</v>
       </c>
       <c r="F580" s="2" t="s">
-        <v>306</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" t="s">
-        <v>2208</v>
+        <v>2198</v>
       </c>
       <c r="B581" t="s">
-        <v>2209</v>
+        <v>2199</v>
       </c>
       <c r="C581" t="s">
-        <v>2218</v>
+        <v>2220</v>
       </c>
       <c r="D581" t="s">
-        <v>2219</v>
+        <v>2221</v>
       </c>
       <c r="E581" s="2" t="s">
-        <v>2220</v>
+        <v>2222</v>
       </c>
       <c r="F581" s="2" t="s">
-        <v>2221</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" t="s">
-        <v>2222</v>
+        <v>2198</v>
       </c>
       <c r="B582" t="s">
-        <v>2223</v>
+        <v>2199</v>
       </c>
       <c r="C582" t="s">
         <v>2224</v>
       </c>
       <c r="D582" t="s">
         <v>2225</v>
       </c>
       <c r="E582" s="2" t="s">
         <v>2226</v>
       </c>
       <c r="F582" s="2" t="s">
         <v>2227</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" t="s">
-        <v>2222</v>
+        <v>2198</v>
       </c>
       <c r="B583" t="s">
-        <v>2223</v>
+        <v>2199</v>
       </c>
       <c r="C583" t="s">
         <v>2228</v>
       </c>
       <c r="D583" t="s">
         <v>2229</v>
       </c>
       <c r="E583" s="2" t="s">
         <v>2230</v>
       </c>
       <c r="F583" s="2" t="s">
         <v>2231</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" t="s">
-        <v>2222</v>
+        <v>2198</v>
       </c>
       <c r="B584" t="s">
-        <v>2223</v>
+        <v>2199</v>
       </c>
       <c r="C584" t="s">
         <v>2232</v>
       </c>
       <c r="D584" t="s">
         <v>2233</v>
       </c>
       <c r="E584" s="2" t="s">
         <v>2234</v>
       </c>
       <c r="F584" s="2" t="s">
         <v>2235</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" t="s">
-        <v>2222</v>
+        <v>2236</v>
       </c>
       <c r="B585" t="s">
-        <v>2223</v>
+        <v>2237</v>
       </c>
       <c r="C585" t="s">
-        <v>2236</v>
+        <v>2238</v>
       </c>
       <c r="D585" t="s">
-        <v>2237</v>
+        <v>2239</v>
       </c>
       <c r="E585" s="2" t="s">
-        <v>2238</v>
+        <v>2240</v>
       </c>
       <c r="F585" s="2" t="s">
-        <v>2239</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" t="s">
-        <v>2222</v>
+        <v>2236</v>
       </c>
       <c r="B586" t="s">
-        <v>2223</v>
+        <v>2237</v>
       </c>
       <c r="C586" t="s">
-        <v>2240</v>
+        <v>2242</v>
       </c>
       <c r="D586" t="s">
-        <v>2241</v>
+        <v>2243</v>
       </c>
       <c r="E586" s="2" t="s">
-        <v>2242</v>
+        <v>2244</v>
       </c>
       <c r="F586" s="2" t="s">
-        <v>2243</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" t="s">
-        <v>2222</v>
+        <v>2236</v>
       </c>
       <c r="B587" t="s">
-        <v>2223</v>
+        <v>2237</v>
       </c>
       <c r="C587" t="s">
-        <v>2244</v>
+        <v>2246</v>
       </c>
       <c r="D587" t="s">
-        <v>2245</v>
+        <v>2247</v>
       </c>
       <c r="E587" s="2" t="s">
-        <v>2246</v>
+        <v>2248</v>
       </c>
       <c r="F587" s="2" t="s">
-        <v>2247</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" t="s">
-        <v>2222</v>
+        <v>2236</v>
       </c>
       <c r="B588" t="s">
-        <v>2223</v>
+        <v>2237</v>
       </c>
       <c r="C588" t="s">
-        <v>2248</v>
+        <v>2250</v>
       </c>
       <c r="D588" t="s">
-        <v>2249</v>
+        <v>2251</v>
       </c>
       <c r="E588" s="2" t="s">
-        <v>2250</v>
+        <v>2252</v>
       </c>
       <c r="F588" s="2" t="s">
-        <v>2251</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" t="s">
-        <v>2222</v>
+        <v>2236</v>
       </c>
       <c r="B589" t="s">
-        <v>2223</v>
+        <v>2237</v>
       </c>
       <c r="C589" t="s">
-        <v>2252</v>
+        <v>2254</v>
       </c>
       <c r="D589" t="s">
-        <v>2253</v>
+        <v>2255</v>
       </c>
       <c r="E589" s="2" t="s">
-        <v>2254</v>
+        <v>2256</v>
       </c>
       <c r="F589" s="2" t="s">
-        <v>2255</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" t="s">
-        <v>2222</v>
+        <v>2236</v>
       </c>
       <c r="B590" t="s">
-        <v>2223</v>
+        <v>2237</v>
       </c>
       <c r="C590" t="s">
-        <v>2256</v>
+        <v>2258</v>
       </c>
       <c r="D590" t="s">
-        <v>2257</v>
+        <v>2259</v>
       </c>
       <c r="E590" s="2" t="s">
-        <v>2258</v>
+        <v>2260</v>
       </c>
       <c r="F590" s="2" t="s">
-        <v>2259</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" t="s">
-        <v>2222</v>
+        <v>2236</v>
       </c>
       <c r="B591" t="s">
-        <v>2223</v>
+        <v>2237</v>
       </c>
       <c r="C591" t="s">
-        <v>2260</v>
+        <v>2262</v>
       </c>
       <c r="D591" t="s">
-        <v>2261</v>
+        <v>2263</v>
       </c>
       <c r="E591" s="2" t="s">
-        <v>2262</v>
+        <v>2264</v>
       </c>
       <c r="F591" s="2" t="s">
-        <v>2263</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" t="s">
-        <v>2222</v>
+        <v>2236</v>
       </c>
       <c r="B592" t="s">
-        <v>2223</v>
+        <v>2237</v>
       </c>
       <c r="C592" t="s">
-        <v>928</v>
+        <v>2266</v>
       </c>
       <c r="D592" t="s">
-        <v>929</v>
+        <v>2267</v>
       </c>
       <c r="E592" s="2" t="s">
-        <v>2264</v>
+        <v>2268</v>
       </c>
       <c r="F592" s="2" t="s">
-        <v>2265</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" t="s">
-        <v>2222</v>
+        <v>2236</v>
       </c>
       <c r="B593" t="s">
-        <v>2223</v>
+        <v>2237</v>
       </c>
       <c r="C593" t="s">
-        <v>2266</v>
+        <v>2270</v>
       </c>
       <c r="D593" t="s">
-        <v>2267</v>
+        <v>2271</v>
       </c>
       <c r="E593" s="2" t="s">
-        <v>2268</v>
+        <v>2272</v>
       </c>
       <c r="F593" s="2" t="s">
-        <v>2269</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" t="s">
-        <v>2222</v>
+        <v>2236</v>
       </c>
       <c r="B594" t="s">
-        <v>2223</v>
+        <v>2237</v>
       </c>
       <c r="C594" t="s">
-        <v>2270</v>
+        <v>2274</v>
       </c>
       <c r="D594" t="s">
-        <v>2271</v>
+        <v>2275</v>
       </c>
       <c r="E594" s="2" t="s">
-        <v>2272</v>
+        <v>2276</v>
       </c>
       <c r="F594" s="2" t="s">
-        <v>2273</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" t="s">
-        <v>2222</v>
+        <v>2236</v>
       </c>
       <c r="B595" t="s">
-        <v>2223</v>
+        <v>2237</v>
       </c>
       <c r="C595" t="s">
-        <v>2274</v>
+        <v>2278</v>
       </c>
       <c r="D595" t="s">
-        <v>2275</v>
+        <v>2279</v>
       </c>
       <c r="E595" s="2" t="s">
-        <v>2276</v>
+        <v>2280</v>
       </c>
       <c r="F595" s="2" t="s">
-        <v>2277</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" t="s">
-        <v>2222</v>
+        <v>2236</v>
       </c>
       <c r="B596" t="s">
-        <v>2223</v>
+        <v>2237</v>
       </c>
       <c r="C596" t="s">
-        <v>2278</v>
+        <v>2282</v>
       </c>
       <c r="D596" t="s">
-        <v>2279</v>
+        <v>2283</v>
       </c>
       <c r="E596" s="2" t="s">
-        <v>2280</v>
+        <v>2284</v>
       </c>
       <c r="F596" s="2" t="s">
-        <v>2281</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" t="s">
-        <v>2282</v>
+        <v>2236</v>
       </c>
       <c r="B597" t="s">
-        <v>2283</v>
+        <v>2237</v>
       </c>
       <c r="C597" t="s">
-        <v>2284</v>
+        <v>2286</v>
       </c>
       <c r="D597" t="s">
-        <v>2285</v>
+        <v>2287</v>
       </c>
       <c r="E597" s="2" t="s">
-        <v>2286</v>
+        <v>2288</v>
       </c>
       <c r="F597" s="2" t="s">
-        <v>2287</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" t="s">
-        <v>2282</v>
+        <v>2236</v>
       </c>
       <c r="B598" t="s">
-        <v>2283</v>
+        <v>2237</v>
       </c>
       <c r="C598" t="s">
-        <v>2288</v>
+        <v>2290</v>
       </c>
       <c r="D598" t="s">
-        <v>2289</v>
+        <v>2291</v>
       </c>
       <c r="E598" s="2" t="s">
-        <v>2290</v>
+        <v>2292</v>
       </c>
       <c r="F598" s="2" t="s">
-        <v>2291</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" t="s">
-        <v>2282</v>
+        <v>2236</v>
       </c>
       <c r="B599" t="s">
-        <v>2283</v>
+        <v>2237</v>
       </c>
       <c r="C599" t="s">
-        <v>2292</v>
+        <v>2294</v>
       </c>
       <c r="D599" t="s">
-        <v>2293</v>
+        <v>2295</v>
       </c>
       <c r="E599" s="2" t="s">
-        <v>2294</v>
+        <v>2296</v>
       </c>
       <c r="F599" s="2" t="s">
-        <v>2295</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" t="s">
-        <v>2282</v>
+        <v>2236</v>
       </c>
       <c r="B600" t="s">
-        <v>2283</v>
+        <v>2237</v>
       </c>
       <c r="C600" t="s">
-        <v>2296</v>
+        <v>2298</v>
       </c>
       <c r="D600" t="s">
-        <v>2297</v>
+        <v>2299</v>
       </c>
       <c r="E600" s="2" t="s">
-        <v>2298</v>
+        <v>2300</v>
       </c>
       <c r="F600" s="2" t="s">
-        <v>2299</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" t="s">
-        <v>2282</v>
+        <v>2236</v>
       </c>
       <c r="B601" t="s">
-        <v>2283</v>
+        <v>2237</v>
       </c>
       <c r="C601" t="s">
-        <v>2300</v>
+        <v>2302</v>
       </c>
       <c r="D601" t="s">
-        <v>2301</v>
+        <v>2303</v>
       </c>
       <c r="E601" s="2" t="s">
-        <v>2302</v>
+        <v>2304</v>
       </c>
       <c r="F601" s="2" t="s">
-        <v>2303</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" t="s">
-        <v>2282</v>
+        <v>2306</v>
       </c>
       <c r="B602" t="s">
-        <v>2283</v>
+        <v>2307</v>
       </c>
       <c r="C602" t="s">
-        <v>2304</v>
+        <v>2308</v>
       </c>
       <c r="D602" t="s">
-        <v>2305</v>
+        <v>2309</v>
       </c>
       <c r="E602" s="2" t="s">
-        <v>2306</v>
+        <v>2310</v>
       </c>
       <c r="F602" s="2" t="s">
-        <v>2307</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" t="s">
-        <v>2282</v>
+        <v>2306</v>
       </c>
       <c r="B603" t="s">
-        <v>2283</v>
+        <v>2307</v>
       </c>
       <c r="C603" t="s">
-        <v>2308</v>
+        <v>2312</v>
       </c>
       <c r="D603" t="s">
-        <v>2309</v>
+        <v>2313</v>
       </c>
       <c r="E603" s="2" t="s">
-        <v>2310</v>
+        <v>2314</v>
       </c>
       <c r="F603" s="2" t="s">
-        <v>2311</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" t="s">
-        <v>2312</v>
+        <v>2306</v>
       </c>
       <c r="B604" t="s">
-        <v>2313</v>
+        <v>2307</v>
       </c>
       <c r="C604" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="D604" t="s">
-        <v>2315</v>
+        <v>2317</v>
       </c>
       <c r="E604" s="2" t="s">
-        <v>2316</v>
+        <v>2318</v>
       </c>
       <c r="F604" s="2" t="s">
-        <v>2317</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" t="s">
-        <v>2312</v>
+        <v>2306</v>
       </c>
       <c r="B605" t="s">
-        <v>2313</v>
+        <v>2307</v>
       </c>
       <c r="C605" t="s">
-        <v>2318</v>
+        <v>315</v>
       </c>
       <c r="D605" t="s">
-        <v>2319</v>
+        <v>316</v>
       </c>
       <c r="E605" s="2" t="s">
-        <v>2320</v>
+        <v>317</v>
       </c>
       <c r="F605" s="2" t="s">
-        <v>2321</v>
+        <v>318</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" t="s">
-        <v>2312</v>
+        <v>2306</v>
       </c>
       <c r="B606" t="s">
-        <v>2313</v>
+        <v>2307</v>
       </c>
       <c r="C606" t="s">
+        <v>2320</v>
+      </c>
+      <c r="D606" t="s">
+        <v>2321</v>
+      </c>
+      <c r="E606" s="2" t="s">
         <v>2322</v>
       </c>
-      <c r="D606" t="s">
+      <c r="F606" s="2" t="s">
         <v>2323</v>
-      </c>
-[...4 lines deleted...]
-        <v>2325</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" t="s">
-        <v>2312</v>
+        <v>2324</v>
       </c>
       <c r="B607" t="s">
-        <v>2313</v>
+        <v>2325</v>
       </c>
       <c r="C607" t="s">
         <v>2326</v>
       </c>
       <c r="D607" t="s">
         <v>2327</v>
       </c>
       <c r="E607" s="2" t="s">
         <v>2328</v>
       </c>
       <c r="F607" s="2" t="s">
         <v>2329</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" t="s">
-        <v>2312</v>
+        <v>2324</v>
       </c>
       <c r="B608" t="s">
-        <v>2313</v>
+        <v>2325</v>
       </c>
       <c r="C608" t="s">
         <v>2330</v>
       </c>
       <c r="D608" t="s">
-        <v>2330</v>
+        <v>2331</v>
       </c>
       <c r="E608" s="2" t="s">
-        <v>2331</v>
+        <v>2332</v>
       </c>
       <c r="F608" s="2" t="s">
-        <v>2332</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" t="s">
-        <v>2312</v>
+        <v>2324</v>
       </c>
       <c r="B609" t="s">
-        <v>2313</v>
+        <v>2325</v>
       </c>
       <c r="C609" t="s">
-        <v>2333</v>
+        <v>2334</v>
       </c>
       <c r="D609" t="s">
-        <v>2334</v>
+        <v>2335</v>
       </c>
       <c r="E609" s="2" t="s">
-        <v>2335</v>
+        <v>2336</v>
       </c>
       <c r="F609" s="2" t="s">
-        <v>2336</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" t="s">
-        <v>2312</v>
+        <v>2324</v>
       </c>
       <c r="B610" t="s">
-        <v>2313</v>
+        <v>2325</v>
       </c>
       <c r="C610" t="s">
-        <v>2337</v>
+        <v>2338</v>
       </c>
       <c r="D610" t="s">
-        <v>2338</v>
+        <v>2339</v>
       </c>
       <c r="E610" s="2" t="s">
-        <v>2339</v>
+        <v>2340</v>
       </c>
       <c r="F610" s="2" t="s">
-        <v>2340</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" t="s">
-        <v>2312</v>
+        <v>2324</v>
       </c>
       <c r="B611" t="s">
-        <v>2313</v>
+        <v>2325</v>
       </c>
       <c r="C611" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="D611" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="E611" s="2" t="s">
-        <v>2343</v>
+        <v>2344</v>
       </c>
       <c r="F611" s="2" t="s">
-        <v>2344</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" t="s">
-        <v>2312</v>
+        <v>2324</v>
       </c>
       <c r="B612" t="s">
-        <v>2313</v>
+        <v>2325</v>
       </c>
       <c r="C612" t="s">
-        <v>2345</v>
+        <v>2346</v>
       </c>
       <c r="D612" t="s">
-        <v>2346</v>
+        <v>2347</v>
       </c>
       <c r="E612" s="2" t="s">
-        <v>2347</v>
+        <v>2348</v>
       </c>
       <c r="F612" s="2" t="s">
-        <v>2348</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" t="s">
-        <v>2312</v>
+        <v>2324</v>
       </c>
       <c r="B613" t="s">
-        <v>2313</v>
+        <v>2325</v>
       </c>
       <c r="C613" t="s">
-        <v>2349</v>
+        <v>2350</v>
       </c>
       <c r="D613" t="s">
-        <v>2350</v>
+        <v>2351</v>
       </c>
       <c r="E613" s="2" t="s">
-        <v>2351</v>
+        <v>2352</v>
       </c>
       <c r="F613" s="2" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" t="s">
-        <v>2312</v>
+        <v>2324</v>
       </c>
       <c r="B614" t="s">
-        <v>2313</v>
+        <v>2325</v>
       </c>
       <c r="C614" t="s">
-        <v>2353</v>
+        <v>2354</v>
       </c>
       <c r="D614" t="s">
-        <v>2354</v>
+        <v>2355</v>
       </c>
       <c r="E614" s="2" t="s">
-        <v>2355</v>
+        <v>2356</v>
       </c>
       <c r="F614" s="2" t="s">
-        <v>2356</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" t="s">
-        <v>2312</v>
+        <v>2324</v>
       </c>
       <c r="B615" t="s">
-        <v>2313</v>
+        <v>2325</v>
       </c>
       <c r="C615" t="s">
-        <v>2357</v>
+        <v>2358</v>
       </c>
       <c r="D615" t="s">
-        <v>2358</v>
+        <v>2359</v>
       </c>
       <c r="E615" s="2" t="s">
-        <v>2359</v>
+        <v>2360</v>
       </c>
       <c r="F615" s="2" t="s">
-        <v>2360</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" t="s">
-        <v>2312</v>
+        <v>2324</v>
       </c>
       <c r="B616" t="s">
-        <v>2313</v>
+        <v>2325</v>
       </c>
       <c r="C616" t="s">
-        <v>2361</v>
+        <v>2362</v>
       </c>
       <c r="D616" t="s">
-        <v>2362</v>
+        <v>2363</v>
       </c>
       <c r="E616" s="2" t="s">
-        <v>2363</v>
+        <v>2364</v>
       </c>
       <c r="F616" s="2" t="s">
-        <v>2364</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" t="s">
-        <v>2312</v>
+        <v>2324</v>
       </c>
       <c r="B617" t="s">
-        <v>2313</v>
+        <v>2325</v>
       </c>
       <c r="C617" t="s">
-        <v>2365</v>
+        <v>944</v>
       </c>
       <c r="D617" t="s">
+        <v>945</v>
+      </c>
+      <c r="E617" s="2" t="s">
         <v>2366</v>
       </c>
-      <c r="E617" s="2" t="s">
+      <c r="F617" s="2" t="s">
         <v>2367</v>
-      </c>
-[...1 lines deleted...]
-        <v>2368</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" t="s">
-        <v>2312</v>
+        <v>2324</v>
       </c>
       <c r="B618" t="s">
-        <v>2313</v>
+        <v>2325</v>
       </c>
       <c r="C618" t="s">
+        <v>2368</v>
+      </c>
+      <c r="D618" t="s">
         <v>2369</v>
       </c>
-      <c r="D618" t="s">
+      <c r="E618" s="2" t="s">
         <v>2370</v>
       </c>
-      <c r="E618" s="2" t="s">
+      <c r="F618" s="2" t="s">
         <v>2371</v>
-      </c>
-[...1 lines deleted...]
-        <v>2372</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" t="s">
-        <v>2312</v>
+        <v>2324</v>
       </c>
       <c r="B619" t="s">
-        <v>2313</v>
+        <v>2325</v>
       </c>
       <c r="C619" t="s">
+        <v>2372</v>
+      </c>
+      <c r="D619" t="s">
         <v>2373</v>
       </c>
-      <c r="D619" t="s">
+      <c r="E619" s="2" t="s">
         <v>2374</v>
       </c>
-      <c r="E619" s="2" t="s">
+      <c r="F619" s="2" t="s">
         <v>2375</v>
-      </c>
-[...1 lines deleted...]
-        <v>2376</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" t="s">
-        <v>2312</v>
+        <v>2324</v>
       </c>
       <c r="B620" t="s">
-        <v>2313</v>
+        <v>2325</v>
       </c>
       <c r="C620" t="s">
+        <v>2376</v>
+      </c>
+      <c r="D620" t="s">
         <v>2377</v>
       </c>
-      <c r="D620" t="s">
+      <c r="E620" s="2" t="s">
         <v>2378</v>
       </c>
-      <c r="E620" s="2" t="s">
+      <c r="F620" s="2" t="s">
         <v>2379</v>
-      </c>
-[...1 lines deleted...]
-        <v>2380</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" t="s">
-        <v>2312</v>
+        <v>2324</v>
       </c>
       <c r="B621" t="s">
-        <v>2313</v>
+        <v>2325</v>
       </c>
       <c r="C621" t="s">
+        <v>2380</v>
+      </c>
+      <c r="D621" t="s">
         <v>2381</v>
       </c>
-      <c r="D621" t="s">
+      <c r="E621" s="2" t="s">
         <v>2382</v>
       </c>
-      <c r="E621" s="2" t="s">
+      <c r="F621" s="2" t="s">
         <v>2383</v>
-      </c>
-[...1 lines deleted...]
-        <v>2384</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" t="s">
-        <v>2312</v>
+        <v>2384</v>
       </c>
       <c r="B622" t="s">
-        <v>2313</v>
+        <v>2385</v>
       </c>
       <c r="C622" t="s">
-        <v>2385</v>
+        <v>2386</v>
       </c>
       <c r="D622" t="s">
-        <v>2386</v>
+        <v>2387</v>
       </c>
       <c r="E622" s="2" t="s">
-        <v>2387</v>
+        <v>2388</v>
       </c>
       <c r="F622" s="2" t="s">
-        <v>2388</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" t="s">
-        <v>2312</v>
+        <v>2384</v>
       </c>
       <c r="B623" t="s">
-        <v>2313</v>
+        <v>2385</v>
       </c>
       <c r="C623" t="s">
-        <v>2389</v>
+        <v>2390</v>
       </c>
       <c r="D623" t="s">
-        <v>2390</v>
+        <v>2391</v>
       </c>
       <c r="E623" s="2" t="s">
-        <v>2391</v>
+        <v>2392</v>
       </c>
       <c r="F623" s="2" t="s">
-        <v>2392</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" t="s">
-        <v>2312</v>
+        <v>2384</v>
       </c>
       <c r="B624" t="s">
-        <v>2313</v>
+        <v>2385</v>
       </c>
       <c r="C624" t="s">
-        <v>2393</v>
+        <v>2394</v>
       </c>
       <c r="D624" t="s">
-        <v>2394</v>
+        <v>2395</v>
       </c>
       <c r="E624" s="2" t="s">
-        <v>2395</v>
+        <v>2396</v>
       </c>
       <c r="F624" s="2" t="s">
-        <v>2396</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" t="s">
-        <v>2397</v>
+        <v>2384</v>
       </c>
       <c r="B625" t="s">
+        <v>2385</v>
+      </c>
+      <c r="C625" t="s">
         <v>2398</v>
       </c>
-      <c r="C625" t="s">
+      <c r="D625" t="s">
         <v>2399</v>
       </c>
-      <c r="D625" t="s">
+      <c r="E625" s="2" t="s">
         <v>2400</v>
       </c>
-      <c r="E625" s="2" t="s">
+      <c r="F625" s="2" t="s">
         <v>2401</v>
-      </c>
-[...1 lines deleted...]
-        <v>2402</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" t="s">
-        <v>2397</v>
+        <v>2384</v>
       </c>
       <c r="B626" t="s">
-        <v>2398</v>
+        <v>2385</v>
       </c>
       <c r="C626" t="s">
+        <v>2402</v>
+      </c>
+      <c r="D626" t="s">
         <v>2403</v>
       </c>
-      <c r="D626" t="s">
+      <c r="E626" s="2" t="s">
         <v>2404</v>
       </c>
-      <c r="E626" s="2" t="s">
+      <c r="F626" s="2" t="s">
         <v>2405</v>
-      </c>
-[...1 lines deleted...]
-        <v>2406</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" t="s">
-        <v>2397</v>
+        <v>2384</v>
       </c>
       <c r="B627" t="s">
-        <v>2398</v>
+        <v>2385</v>
       </c>
       <c r="C627" t="s">
+        <v>2406</v>
+      </c>
+      <c r="D627" t="s">
         <v>2407</v>
       </c>
-      <c r="D627" t="s">
+      <c r="E627" s="2" t="s">
         <v>2408</v>
       </c>
-      <c r="E627" s="2" t="s">
+      <c r="F627" s="2" t="s">
         <v>2409</v>
-      </c>
-[...1 lines deleted...]
-        <v>2410</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" t="s">
-        <v>2397</v>
+        <v>2384</v>
       </c>
       <c r="B628" t="s">
-        <v>2398</v>
+        <v>2385</v>
       </c>
       <c r="C628" t="s">
+        <v>2410</v>
+      </c>
+      <c r="D628" t="s">
         <v>2411</v>
       </c>
-      <c r="D628" t="s">
+      <c r="E628" s="2" t="s">
         <v>2412</v>
       </c>
-      <c r="E628" s="2" t="s">
+      <c r="F628" s="2" t="s">
         <v>2413</v>
-      </c>
-[...1 lines deleted...]
-        <v>2414</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" t="s">
-        <v>2397</v>
+        <v>2414</v>
       </c>
       <c r="B629" t="s">
-        <v>2398</v>
+        <v>2415</v>
       </c>
       <c r="C629" t="s">
-        <v>2415</v>
+        <v>2416</v>
       </c>
       <c r="D629" t="s">
-        <v>2416</v>
+        <v>2417</v>
       </c>
       <c r="E629" s="2" t="s">
-        <v>2417</v>
+        <v>2418</v>
       </c>
       <c r="F629" s="2" t="s">
-        <v>2418</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" t="s">
-        <v>2397</v>
+        <v>2414</v>
       </c>
       <c r="B630" t="s">
-        <v>2398</v>
+        <v>2415</v>
       </c>
       <c r="C630" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="D630" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="E630" s="2" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="F630" s="2" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" t="s">
-        <v>2397</v>
+        <v>2414</v>
       </c>
       <c r="B631" t="s">
-        <v>2398</v>
+        <v>2415</v>
       </c>
       <c r="C631" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="D631" t="s">
-        <v>2424</v>
+        <v>2425</v>
       </c>
       <c r="E631" s="2" t="s">
-        <v>2425</v>
+        <v>2426</v>
       </c>
       <c r="F631" s="2" t="s">
-        <v>2426</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" t="s">
-        <v>2397</v>
+        <v>2414</v>
       </c>
       <c r="B632" t="s">
-        <v>2398</v>
+        <v>2415</v>
       </c>
       <c r="C632" t="s">
-        <v>2427</v>
+        <v>2428</v>
       </c>
       <c r="D632" t="s">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="E632" s="2" t="s">
-        <v>2429</v>
+        <v>2430</v>
       </c>
       <c r="F632" s="2" t="s">
-        <v>2430</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" t="s">
-        <v>2397</v>
+        <v>2414</v>
       </c>
       <c r="B633" t="s">
-        <v>2398</v>
+        <v>2415</v>
       </c>
       <c r="C633" t="s">
-        <v>2431</v>
+        <v>2432</v>
       </c>
       <c r="D633" t="s">
         <v>2432</v>
       </c>
       <c r="E633" s="2" t="s">
         <v>2433</v>
       </c>
       <c r="F633" s="2" t="s">
         <v>2434</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" t="s">
-        <v>2397</v>
+        <v>2414</v>
       </c>
       <c r="B634" t="s">
-        <v>2398</v>
+        <v>2415</v>
       </c>
       <c r="C634" t="s">
         <v>2435</v>
       </c>
       <c r="D634" t="s">
-        <v>2435</v>
+        <v>2436</v>
       </c>
       <c r="E634" s="2" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
       <c r="F634" s="2" t="s">
-        <v>2437</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" t="s">
-        <v>2397</v>
+        <v>2414</v>
       </c>
       <c r="B635" t="s">
-        <v>2398</v>
+        <v>2415</v>
       </c>
       <c r="C635" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
       <c r="D635" t="s">
-        <v>2439</v>
+        <v>2440</v>
       </c>
       <c r="E635" s="2" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="F635" s="2" t="s">
-        <v>2441</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" t="s">
-        <v>2397</v>
+        <v>2414</v>
       </c>
       <c r="B636" t="s">
-        <v>2398</v>
+        <v>2415</v>
       </c>
       <c r="C636" t="s">
-        <v>2442</v>
+        <v>2443</v>
       </c>
       <c r="D636" t="s">
-        <v>2443</v>
+        <v>2444</v>
       </c>
       <c r="E636" s="2" t="s">
-        <v>2444</v>
+        <v>2445</v>
       </c>
       <c r="F636" s="2" t="s">
-        <v>2445</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" t="s">
-        <v>2397</v>
+        <v>2414</v>
       </c>
       <c r="B637" t="s">
-        <v>2398</v>
+        <v>2415</v>
       </c>
       <c r="C637" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
       <c r="D637" t="s">
-        <v>2447</v>
+        <v>2448</v>
       </c>
       <c r="E637" s="2" t="s">
-        <v>2448</v>
+        <v>2449</v>
       </c>
       <c r="F637" s="2" t="s">
-        <v>2449</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" t="s">
-        <v>2397</v>
+        <v>2414</v>
       </c>
       <c r="B638" t="s">
-        <v>2398</v>
+        <v>2415</v>
       </c>
       <c r="C638" t="s">
-        <v>2450</v>
+        <v>2451</v>
       </c>
       <c r="D638" t="s">
-        <v>2451</v>
+        <v>2452</v>
       </c>
       <c r="E638" s="2" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="F638" s="2" t="s">
-        <v>2453</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" t="s">
-        <v>2397</v>
+        <v>2414</v>
       </c>
       <c r="B639" t="s">
-        <v>2398</v>
+        <v>2415</v>
       </c>
       <c r="C639" t="s">
-        <v>2454</v>
+        <v>2455</v>
       </c>
       <c r="D639" t="s">
-        <v>2455</v>
+        <v>2456</v>
       </c>
       <c r="E639" s="2" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
       <c r="F639" s="2" t="s">
-        <v>2457</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" t="s">
-        <v>2397</v>
+        <v>2414</v>
       </c>
       <c r="B640" t="s">
-        <v>2398</v>
+        <v>2415</v>
       </c>
       <c r="C640" t="s">
-        <v>2458</v>
+        <v>2459</v>
       </c>
       <c r="D640" t="s">
-        <v>2458</v>
+        <v>2460</v>
       </c>
       <c r="E640" s="2" t="s">
-        <v>2459</v>
+        <v>2461</v>
       </c>
       <c r="F640" s="2" t="s">
-        <v>2460</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" t="s">
-        <v>2397</v>
+        <v>2414</v>
       </c>
       <c r="B641" t="s">
-        <v>2398</v>
+        <v>2415</v>
       </c>
       <c r="C641" t="s">
-        <v>2461</v>
+        <v>2463</v>
       </c>
       <c r="D641" t="s">
-        <v>2462</v>
+        <v>2464</v>
       </c>
       <c r="E641" s="2" t="s">
-        <v>2463</v>
+        <v>2465</v>
       </c>
       <c r="F641" s="2" t="s">
-        <v>2464</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" t="s">
-        <v>2397</v>
+        <v>2414</v>
       </c>
       <c r="B642" t="s">
-        <v>2398</v>
+        <v>2415</v>
       </c>
       <c r="C642" t="s">
-        <v>2465</v>
+        <v>2467</v>
       </c>
       <c r="D642" t="s">
-        <v>2466</v>
+        <v>2468</v>
       </c>
       <c r="E642" s="2" t="s">
-        <v>2467</v>
+        <v>2469</v>
       </c>
       <c r="F642" s="2" t="s">
-        <v>2468</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" t="s">
-        <v>2397</v>
+        <v>2414</v>
       </c>
       <c r="B643" t="s">
-        <v>2398</v>
+        <v>2415</v>
       </c>
       <c r="C643" t="s">
-        <v>2469</v>
+        <v>2471</v>
       </c>
       <c r="D643" t="s">
-        <v>2470</v>
+        <v>2472</v>
       </c>
       <c r="E643" s="2" t="s">
-        <v>2471</v>
+        <v>2473</v>
       </c>
       <c r="F643" s="2" t="s">
-        <v>2472</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" t="s">
-        <v>2397</v>
+        <v>2414</v>
       </c>
       <c r="B644" t="s">
-        <v>2398</v>
+        <v>2415</v>
       </c>
       <c r="C644" t="s">
-        <v>68</v>
+        <v>2475</v>
       </c>
       <c r="D644" t="s">
-        <v>69</v>
+        <v>2476</v>
       </c>
       <c r="E644" s="2" t="s">
-        <v>2473</v>
+        <v>2477</v>
       </c>
       <c r="F644" s="2" t="s">
-        <v>2474</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" t="s">
-        <v>2397</v>
+        <v>2414</v>
       </c>
       <c r="B645" t="s">
-        <v>2398</v>
+        <v>2415</v>
       </c>
       <c r="C645" t="s">
-        <v>2475</v>
+        <v>2479</v>
       </c>
       <c r="D645" t="s">
-        <v>2476</v>
+        <v>2480</v>
       </c>
       <c r="E645" s="2" t="s">
-        <v>2477</v>
+        <v>2481</v>
       </c>
       <c r="F645" s="2" t="s">
-        <v>2478</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" t="s">
-        <v>2397</v>
+        <v>2414</v>
       </c>
       <c r="B646" t="s">
-        <v>2398</v>
+        <v>2415</v>
       </c>
       <c r="C646" t="s">
-        <v>2479</v>
+        <v>2483</v>
       </c>
       <c r="D646" t="s">
-        <v>2480</v>
+        <v>2484</v>
       </c>
       <c r="E646" s="2" t="s">
-        <v>2481</v>
+        <v>2485</v>
       </c>
       <c r="F646" s="2" t="s">
-        <v>2482</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" t="s">
-        <v>2397</v>
+        <v>2414</v>
       </c>
       <c r="B647" t="s">
-        <v>2398</v>
+        <v>2415</v>
       </c>
       <c r="C647" t="s">
-        <v>2483</v>
+        <v>2487</v>
       </c>
       <c r="D647" t="s">
-        <v>2484</v>
+        <v>2488</v>
       </c>
       <c r="E647" s="2" t="s">
-        <v>2485</v>
+        <v>2489</v>
       </c>
       <c r="F647" s="2" t="s">
-        <v>2486</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" t="s">
-        <v>2397</v>
+        <v>2414</v>
       </c>
       <c r="B648" t="s">
-        <v>2398</v>
+        <v>2415</v>
       </c>
       <c r="C648" t="s">
-        <v>2487</v>
+        <v>2491</v>
       </c>
       <c r="D648" t="s">
-        <v>2488</v>
+        <v>2492</v>
       </c>
       <c r="E648" s="2" t="s">
-        <v>2489</v>
+        <v>2493</v>
       </c>
       <c r="F648" s="2" t="s">
-        <v>2490</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" t="s">
-        <v>2397</v>
+        <v>2414</v>
       </c>
       <c r="B649" t="s">
-        <v>2398</v>
+        <v>2415</v>
       </c>
       <c r="C649" t="s">
-        <v>2491</v>
+        <v>2495</v>
       </c>
       <c r="D649" t="s">
-        <v>2492</v>
+        <v>2496</v>
       </c>
       <c r="E649" s="2" t="s">
-        <v>2493</v>
+        <v>2497</v>
       </c>
       <c r="F649" s="2" t="s">
-        <v>2494</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" t="s">
-        <v>2397</v>
+        <v>2499</v>
       </c>
       <c r="B650" t="s">
-        <v>2398</v>
+        <v>2500</v>
       </c>
       <c r="C650" t="s">
-        <v>2495</v>
+        <v>2501</v>
       </c>
       <c r="D650" t="s">
-        <v>2496</v>
+        <v>2502</v>
       </c>
       <c r="E650" s="2" t="s">
-        <v>2497</v>
+        <v>2503</v>
       </c>
       <c r="F650" s="2" t="s">
-        <v>2498</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" t="s">
-        <v>2397</v>
+        <v>2499</v>
       </c>
       <c r="B651" t="s">
-        <v>2398</v>
+        <v>2500</v>
       </c>
       <c r="C651" t="s">
-        <v>2499</v>
+        <v>2505</v>
       </c>
       <c r="D651" t="s">
-        <v>2500</v>
+        <v>2506</v>
       </c>
       <c r="E651" s="2" t="s">
-        <v>2501</v>
+        <v>2507</v>
       </c>
       <c r="F651" s="2" t="s">
-        <v>2502</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" t="s">
-        <v>2503</v>
+        <v>2499</v>
       </c>
       <c r="B652" t="s">
-        <v>2504</v>
+        <v>2500</v>
       </c>
       <c r="C652" t="s">
-        <v>2505</v>
+        <v>2509</v>
       </c>
       <c r="D652" t="s">
-        <v>2506</v>
+        <v>2510</v>
       </c>
       <c r="E652" s="2" t="s">
-        <v>2507</v>
+        <v>2511</v>
       </c>
       <c r="F652" s="2" t="s">
-        <v>2508</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" t="s">
-        <v>2503</v>
+        <v>2499</v>
       </c>
       <c r="B653" t="s">
-        <v>2504</v>
+        <v>2500</v>
       </c>
       <c r="C653" t="s">
-        <v>1382</v>
+        <v>2513</v>
       </c>
       <c r="D653" t="s">
-        <v>1383</v>
+        <v>2514</v>
       </c>
       <c r="E653" s="2" t="s">
-        <v>2509</v>
+        <v>2515</v>
       </c>
       <c r="F653" s="2" t="s">
-        <v>2510</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" t="s">
-        <v>2503</v>
+        <v>2499</v>
       </c>
       <c r="B654" t="s">
-        <v>2504</v>
+        <v>2500</v>
       </c>
       <c r="C654" t="s">
-        <v>2511</v>
+        <v>2517</v>
       </c>
       <c r="D654" t="s">
-        <v>2512</v>
+        <v>2518</v>
       </c>
       <c r="E654" s="2" t="s">
-        <v>2513</v>
+        <v>2519</v>
       </c>
       <c r="F654" s="2" t="s">
-        <v>2514</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" t="s">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B655" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="C655" t="s">
-        <v>2517</v>
+        <v>2521</v>
       </c>
       <c r="D655" t="s">
-        <v>2518</v>
+        <v>2522</v>
       </c>
       <c r="E655" s="2" t="s">
-        <v>2519</v>
+        <v>2523</v>
       </c>
       <c r="F655" s="2" t="s">
-        <v>2520</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" t="s">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B656" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="C656" t="s">
-        <v>2521</v>
+        <v>2525</v>
       </c>
       <c r="D656" t="s">
-        <v>2522</v>
+        <v>2526</v>
       </c>
       <c r="E656" s="2" t="s">
-        <v>2523</v>
+        <v>2527</v>
       </c>
       <c r="F656" s="2" t="s">
-        <v>2524</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" t="s">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B657" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="C657" t="s">
-        <v>2525</v>
+        <v>2529</v>
       </c>
       <c r="D657" t="s">
-        <v>2526</v>
+        <v>2529</v>
       </c>
       <c r="E657" s="2" t="s">
-        <v>2527</v>
+        <v>2530</v>
       </c>
       <c r="F657" s="2" t="s">
-        <v>2528</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" t="s">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B658" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="C658" t="s">
-        <v>2529</v>
+        <v>2531</v>
       </c>
       <c r="D658" t="s">
-        <v>2530</v>
+        <v>2532</v>
       </c>
       <c r="E658" s="2" t="s">
-        <v>2531</v>
+        <v>2533</v>
       </c>
       <c r="F658" s="2" t="s">
-        <v>2532</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" t="s">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B659" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="C659" t="s">
-        <v>2533</v>
+        <v>2535</v>
       </c>
       <c r="D659" t="s">
-        <v>2534</v>
+        <v>2536</v>
       </c>
       <c r="E659" s="2" t="s">
-        <v>2535</v>
+        <v>2537</v>
       </c>
       <c r="F659" s="2" t="s">
-        <v>2536</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" t="s">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B660" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="C660" t="s">
-        <v>2537</v>
+        <v>2539</v>
       </c>
       <c r="D660" t="s">
-        <v>2538</v>
+        <v>2539</v>
       </c>
       <c r="E660" s="2" t="s">
-        <v>2539</v>
+        <v>2540</v>
       </c>
       <c r="F660" s="2" t="s">
-        <v>2540</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" t="s">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B661" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="C661" t="s">
-        <v>2541</v>
+        <v>2542</v>
       </c>
       <c r="D661" t="s">
-        <v>2542</v>
+        <v>2543</v>
       </c>
       <c r="E661" s="2" t="s">
-        <v>2543</v>
+        <v>2544</v>
       </c>
       <c r="F661" s="2" t="s">
-        <v>2544</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" t="s">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B662" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="C662" t="s">
-        <v>2545</v>
+        <v>2546</v>
       </c>
       <c r="D662" t="s">
-        <v>2546</v>
+        <v>2547</v>
       </c>
       <c r="E662" s="2" t="s">
-        <v>2547</v>
+        <v>2548</v>
       </c>
       <c r="F662" s="2" t="s">
-        <v>2548</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" t="s">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B663" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="C663" t="s">
-        <v>2549</v>
+        <v>2550</v>
       </c>
       <c r="D663" t="s">
-        <v>2550</v>
+        <v>2551</v>
       </c>
       <c r="E663" s="2" t="s">
-        <v>2551</v>
+        <v>2552</v>
       </c>
       <c r="F663" s="2" t="s">
-        <v>2552</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" t="s">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B664" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="C664" t="s">
-        <v>2553</v>
+        <v>2554</v>
       </c>
       <c r="D664" t="s">
-        <v>2554</v>
+        <v>2555</v>
       </c>
       <c r="E664" s="2" t="s">
-        <v>2555</v>
+        <v>2556</v>
       </c>
       <c r="F664" s="2" t="s">
-        <v>2556</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" t="s">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B665" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="C665" t="s">
-        <v>2557</v>
+        <v>2558</v>
       </c>
       <c r="D665" t="s">
-        <v>2558</v>
+        <v>2559</v>
       </c>
       <c r="E665" s="2" t="s">
-        <v>2559</v>
+        <v>2560</v>
       </c>
       <c r="F665" s="2" t="s">
-        <v>2560</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" t="s">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B666" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="C666" t="s">
-        <v>2561</v>
+        <v>2562</v>
       </c>
       <c r="D666" t="s">
         <v>2562</v>
       </c>
       <c r="E666" s="2" t="s">
         <v>2563</v>
       </c>
       <c r="F666" s="2" t="s">
         <v>2564</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" t="s">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B667" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="C667" t="s">
         <v>2565</v>
       </c>
       <c r="D667" t="s">
         <v>2566</v>
       </c>
       <c r="E667" s="2" t="s">
         <v>2567</v>
       </c>
       <c r="F667" s="2" t="s">
         <v>2568</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" t="s">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B668" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="C668" t="s">
         <v>2569</v>
       </c>
       <c r="D668" t="s">
         <v>2570</v>
       </c>
       <c r="E668" s="2" t="s">
         <v>2571</v>
       </c>
       <c r="F668" s="2" t="s">
         <v>2572</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" t="s">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B669" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="C669" t="s">
         <v>2573</v>
       </c>
       <c r="D669" t="s">
         <v>2574</v>
       </c>
       <c r="E669" s="2" t="s">
         <v>2575</v>
       </c>
       <c r="F669" s="2" t="s">
         <v>2576</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" t="s">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B670" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="C670" t="s">
+        <v>68</v>
+      </c>
+      <c r="D670" t="s">
+        <v>69</v>
+      </c>
+      <c r="E670" s="2" t="s">
         <v>2577</v>
       </c>
-      <c r="D670" t="s">
+      <c r="F670" s="2" t="s">
         <v>2578</v>
-      </c>
-[...4 lines deleted...]
-        <v>2580</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" t="s">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B671" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="C671" t="s">
+        <v>2579</v>
+      </c>
+      <c r="D671" t="s">
+        <v>2580</v>
+      </c>
+      <c r="E671" s="2" t="s">
         <v>2581</v>
       </c>
-      <c r="D671" t="s">
+      <c r="F671" s="2" t="s">
         <v>2582</v>
-      </c>
-[...4 lines deleted...]
-        <v>2584</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" t="s">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B672" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="C672" t="s">
+        <v>2583</v>
+      </c>
+      <c r="D672" t="s">
+        <v>2584</v>
+      </c>
+      <c r="E672" s="2" t="s">
         <v>2585</v>
       </c>
-      <c r="D672" t="s">
+      <c r="F672" s="2" t="s">
         <v>2586</v>
-      </c>
-[...4 lines deleted...]
-        <v>2588</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" t="s">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B673" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="C673" t="s">
+        <v>2587</v>
+      </c>
+      <c r="D673" t="s">
+        <v>2588</v>
+      </c>
+      <c r="E673" s="2" t="s">
         <v>2589</v>
       </c>
-      <c r="D673" t="s">
-[...2 lines deleted...]
-      <c r="E673" s="2" t="s">
+      <c r="F673" s="2" t="s">
         <v>2590</v>
-      </c>
-[...1 lines deleted...]
-        <v>2591</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" t="s">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B674" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="C674" t="s">
+        <v>2591</v>
+      </c>
+      <c r="D674" t="s">
         <v>2592</v>
       </c>
-      <c r="D674" t="s">
+      <c r="E674" s="2" t="s">
         <v>2593</v>
       </c>
-      <c r="E674" s="2" t="s">
+      <c r="F674" s="2" t="s">
         <v>2594</v>
-      </c>
-[...1 lines deleted...]
-        <v>2595</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" t="s">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B675" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="C675" t="s">
+        <v>2595</v>
+      </c>
+      <c r="D675" t="s">
         <v>2596</v>
       </c>
-      <c r="D675" t="s">
+      <c r="E675" s="2" t="s">
         <v>2597</v>
       </c>
-      <c r="E675" s="2" t="s">
+      <c r="F675" s="2" t="s">
         <v>2598</v>
-      </c>
-[...1 lines deleted...]
-        <v>2599</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" t="s">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B676" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="C676" t="s">
+        <v>2599</v>
+      </c>
+      <c r="D676" t="s">
         <v>2600</v>
       </c>
-      <c r="D676" t="s">
+      <c r="E676" s="2" t="s">
         <v>2601</v>
       </c>
-      <c r="E676" s="2" t="s">
+      <c r="F676" s="2" t="s">
         <v>2602</v>
-      </c>
-[...1 lines deleted...]
-        <v>2603</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" t="s">
-        <v>2515</v>
+        <v>2499</v>
       </c>
       <c r="B677" t="s">
-        <v>2516</v>
+        <v>2500</v>
       </c>
       <c r="C677" t="s">
-        <v>2604</v>
+        <v>2603</v>
       </c>
       <c r="D677" t="s">
         <v>2604</v>
       </c>
       <c r="E677" s="2" t="s">
         <v>2605</v>
       </c>
       <c r="F677" s="2" t="s">
         <v>2606</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" t="s">
-        <v>2515</v>
+        <v>2607</v>
       </c>
       <c r="B678" t="s">
-        <v>2516</v>
+        <v>2608</v>
       </c>
       <c r="C678" t="s">
-        <v>2607</v>
+        <v>2609</v>
       </c>
       <c r="D678" t="s">
-        <v>2608</v>
+        <v>2610</v>
       </c>
       <c r="E678" s="2" t="s">
-        <v>2609</v>
+        <v>2611</v>
       </c>
       <c r="F678" s="2" t="s">
-        <v>2610</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" t="s">
-        <v>2515</v>
+        <v>2607</v>
       </c>
       <c r="B679" t="s">
-        <v>2516</v>
+        <v>2608</v>
       </c>
       <c r="C679" t="s">
-        <v>2611</v>
+        <v>1420</v>
       </c>
       <c r="D679" t="s">
-        <v>2612</v>
+        <v>1421</v>
       </c>
       <c r="E679" s="2" t="s">
         <v>2613</v>
       </c>
       <c r="F679" s="2" t="s">
         <v>2614</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" t="s">
-        <v>2515</v>
+        <v>2607</v>
       </c>
       <c r="B680" t="s">
-        <v>2516</v>
+        <v>2608</v>
       </c>
       <c r="C680" t="s">
         <v>2615</v>
       </c>
       <c r="D680" t="s">
         <v>2616</v>
       </c>
       <c r="E680" s="2" t="s">
         <v>2617</v>
       </c>
       <c r="F680" s="2" t="s">
         <v>2618</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" t="s">
-        <v>2515</v>
+        <v>2619</v>
       </c>
       <c r="B681" t="s">
-        <v>2516</v>
+        <v>2620</v>
       </c>
       <c r="C681" t="s">
-        <v>2619</v>
+        <v>2621</v>
       </c>
       <c r="D681" t="s">
-        <v>2620</v>
+        <v>2622</v>
       </c>
       <c r="E681" s="2" t="s">
-        <v>2621</v>
+        <v>2623</v>
       </c>
       <c r="F681" s="2" t="s">
-        <v>2622</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" t="s">
-        <v>2515</v>
+        <v>2619</v>
       </c>
       <c r="B682" t="s">
-        <v>2516</v>
+        <v>2620</v>
       </c>
       <c r="C682" t="s">
-        <v>2623</v>
+        <v>2625</v>
       </c>
       <c r="D682" t="s">
-        <v>2624</v>
+        <v>2626</v>
       </c>
       <c r="E682" s="2" t="s">
-        <v>2625</v>
+        <v>2627</v>
       </c>
       <c r="F682" s="2" t="s">
-        <v>2626</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" t="s">
-        <v>2515</v>
+        <v>2619</v>
       </c>
       <c r="B683" t="s">
-        <v>2516</v>
+        <v>2620</v>
       </c>
       <c r="C683" t="s">
-        <v>2627</v>
+        <v>2629</v>
       </c>
       <c r="D683" t="s">
-        <v>2628</v>
+        <v>2630</v>
       </c>
       <c r="E683" s="2" t="s">
-        <v>2629</v>
+        <v>2631</v>
       </c>
       <c r="F683" s="2" t="s">
-        <v>2630</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" t="s">
-        <v>2515</v>
+        <v>2619</v>
       </c>
       <c r="B684" t="s">
-        <v>2516</v>
+        <v>2620</v>
       </c>
       <c r="C684" t="s">
-        <v>2631</v>
+        <v>2633</v>
       </c>
       <c r="D684" t="s">
-        <v>2632</v>
+        <v>2634</v>
       </c>
       <c r="E684" s="2" t="s">
-        <v>2633</v>
+        <v>2635</v>
       </c>
       <c r="F684" s="2" t="s">
-        <v>2634</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" t="s">
-        <v>2515</v>
+        <v>2619</v>
       </c>
       <c r="B685" t="s">
-        <v>2516</v>
+        <v>2620</v>
       </c>
       <c r="C685" t="s">
-        <v>2635</v>
+        <v>2637</v>
       </c>
       <c r="D685" t="s">
-        <v>2636</v>
+        <v>2638</v>
       </c>
       <c r="E685" s="2" t="s">
-        <v>2637</v>
+        <v>2639</v>
       </c>
       <c r="F685" s="2" t="s">
-        <v>2638</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" t="s">
-        <v>2639</v>
+        <v>2619</v>
       </c>
       <c r="B686" t="s">
-        <v>2640</v>
+        <v>2620</v>
       </c>
       <c r="C686" t="s">
         <v>2641</v>
       </c>
       <c r="D686" t="s">
         <v>2642</v>
       </c>
       <c r="E686" s="2" t="s">
         <v>2643</v>
       </c>
       <c r="F686" s="2" t="s">
         <v>2644</v>
       </c>
     </row>
     <row r="687" spans="1:6">
       <c r="A687" t="s">
-        <v>2639</v>
+        <v>2619</v>
       </c>
       <c r="B687" t="s">
-        <v>2640</v>
+        <v>2620</v>
       </c>
       <c r="C687" t="s">
         <v>2645</v>
       </c>
       <c r="D687" t="s">
         <v>2646</v>
       </c>
       <c r="E687" s="2" t="s">
         <v>2647</v>
       </c>
       <c r="F687" s="2" t="s">
         <v>2648</v>
       </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688" t="s">
-        <v>2639</v>
+        <v>2619</v>
       </c>
       <c r="B688" t="s">
-        <v>2640</v>
+        <v>2620</v>
       </c>
       <c r="C688" t="s">
         <v>2649</v>
       </c>
       <c r="D688" t="s">
         <v>2650</v>
       </c>
       <c r="E688" s="2" t="s">
         <v>2651</v>
       </c>
       <c r="F688" s="2" t="s">
         <v>2652</v>
       </c>
     </row>
     <row r="689" spans="1:6">
       <c r="A689" t="s">
-        <v>2639</v>
+        <v>2619</v>
       </c>
       <c r="B689" t="s">
-        <v>2640</v>
+        <v>2620</v>
       </c>
       <c r="C689" t="s">
         <v>2653</v>
       </c>
       <c r="D689" t="s">
         <v>2654</v>
       </c>
       <c r="E689" s="2" t="s">
         <v>2655</v>
       </c>
       <c r="F689" s="2" t="s">
         <v>2656</v>
       </c>
     </row>
     <row r="690" spans="1:6">
       <c r="A690" t="s">
-        <v>2639</v>
+        <v>2619</v>
       </c>
       <c r="B690" t="s">
-        <v>2640</v>
+        <v>2620</v>
       </c>
       <c r="C690" t="s">
         <v>2657</v>
       </c>
       <c r="D690" t="s">
         <v>2658</v>
       </c>
       <c r="E690" s="2" t="s">
         <v>2659</v>
       </c>
       <c r="F690" s="2" t="s">
         <v>2660</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="A691" t="s">
-        <v>2639</v>
+        <v>2619</v>
       </c>
       <c r="B691" t="s">
-        <v>2640</v>
+        <v>2620</v>
       </c>
       <c r="C691" t="s">
         <v>2661</v>
       </c>
       <c r="D691" t="s">
         <v>2662</v>
       </c>
       <c r="E691" s="2" t="s">
         <v>2663</v>
       </c>
       <c r="F691" s="2" t="s">
         <v>2664</v>
       </c>
     </row>
     <row r="692" spans="1:6">
       <c r="A692" t="s">
-        <v>2639</v>
+        <v>2619</v>
       </c>
       <c r="B692" t="s">
-        <v>2640</v>
+        <v>2620</v>
       </c>
       <c r="C692" t="s">
         <v>2665</v>
       </c>
       <c r="D692" t="s">
         <v>2666</v>
       </c>
       <c r="E692" s="2" t="s">
         <v>2667</v>
       </c>
       <c r="F692" s="2" t="s">
         <v>2668</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" t="s">
-        <v>2639</v>
+        <v>2619</v>
       </c>
       <c r="B693" t="s">
-        <v>2640</v>
+        <v>2620</v>
       </c>
       <c r="C693" t="s">
         <v>2669</v>
       </c>
       <c r="D693" t="s">
         <v>2670</v>
       </c>
       <c r="E693" s="2" t="s">
         <v>2671</v>
       </c>
       <c r="F693" s="2" t="s">
         <v>2672</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" t="s">
-        <v>2639</v>
+        <v>2619</v>
       </c>
       <c r="B694" t="s">
-        <v>2640</v>
+        <v>2620</v>
       </c>
       <c r="C694" t="s">
         <v>2673</v>
       </c>
       <c r="D694" t="s">
         <v>2674</v>
       </c>
       <c r="E694" s="2" t="s">
         <v>2675</v>
       </c>
       <c r="F694" s="2" t="s">
         <v>2676</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" t="s">
-        <v>2639</v>
+        <v>2619</v>
       </c>
       <c r="B695" t="s">
-        <v>2640</v>
+        <v>2620</v>
       </c>
       <c r="C695" t="s">
         <v>2677</v>
       </c>
       <c r="D695" t="s">
         <v>2678</v>
       </c>
       <c r="E695" s="2" t="s">
         <v>2679</v>
       </c>
       <c r="F695" s="2" t="s">
         <v>2680</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B696" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C696" t="s">
         <v>2681</v>
       </c>
-      <c r="B696" t="s">
+      <c r="D696" t="s">
         <v>2682</v>
       </c>
-      <c r="C696" t="s">
+      <c r="E696" s="2" t="s">
         <v>2683</v>
       </c>
-      <c r="D696" t="s">
+      <c r="F696" s="2" t="s">
         <v>2684</v>
-      </c>
-[...4 lines deleted...]
-        <v>2686</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" t="s">
-        <v>2681</v>
+        <v>2619</v>
       </c>
       <c r="B697" t="s">
-        <v>2682</v>
+        <v>2620</v>
       </c>
       <c r="C697" t="s">
-        <v>291</v>
+        <v>2685</v>
       </c>
       <c r="D697" t="s">
-        <v>292</v>
+        <v>2686</v>
       </c>
       <c r="E697" s="2" t="s">
         <v>2687</v>
       </c>
       <c r="F697" s="2" t="s">
         <v>2688</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" t="s">
-        <v>2681</v>
+        <v>2619</v>
       </c>
       <c r="B698" t="s">
-        <v>2682</v>
+        <v>2620</v>
       </c>
       <c r="C698" t="s">
         <v>2689</v>
       </c>
       <c r="D698" t="s">
         <v>2690</v>
       </c>
       <c r="E698" s="2" t="s">
         <v>2691</v>
       </c>
       <c r="F698" s="2" t="s">
         <v>2692</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" t="s">
-        <v>2681</v>
+        <v>2619</v>
       </c>
       <c r="B699" t="s">
-        <v>2682</v>
+        <v>2620</v>
       </c>
       <c r="C699" t="s">
         <v>2693</v>
       </c>
       <c r="D699" t="s">
+        <v>2693</v>
+      </c>
+      <c r="E699" s="2" t="s">
         <v>2694</v>
       </c>
-      <c r="E699" s="2" t="s">
+      <c r="F699" s="2" t="s">
         <v>2695</v>
-      </c>
-[...1 lines deleted...]
-        <v>2696</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" t="s">
-        <v>2681</v>
+        <v>2619</v>
       </c>
       <c r="B700" t="s">
-        <v>2682</v>
+        <v>2620</v>
       </c>
       <c r="C700" t="s">
+        <v>2696</v>
+      </c>
+      <c r="D700" t="s">
         <v>2697</v>
       </c>
-      <c r="D700" t="s">
+      <c r="E700" s="2" t="s">
         <v>2698</v>
       </c>
-      <c r="E700" s="2" t="s">
+      <c r="F700" s="2" t="s">
         <v>2699</v>
-      </c>
-[...1 lines deleted...]
-        <v>2700</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" t="s">
-        <v>2681</v>
+        <v>2619</v>
       </c>
       <c r="B701" t="s">
-        <v>2682</v>
+        <v>2620</v>
       </c>
       <c r="C701" t="s">
+        <v>2700</v>
+      </c>
+      <c r="D701" t="s">
         <v>2701</v>
       </c>
-      <c r="D701" t="s">
+      <c r="E701" s="2" t="s">
         <v>2702</v>
       </c>
-      <c r="E701" s="2" t="s">
+      <c r="F701" s="2" t="s">
         <v>2703</v>
-      </c>
-[...1 lines deleted...]
-        <v>2704</v>
       </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" t="s">
-        <v>2681</v>
+        <v>2619</v>
       </c>
       <c r="B702" t="s">
-        <v>2682</v>
+        <v>2620</v>
       </c>
       <c r="C702" t="s">
+        <v>2704</v>
+      </c>
+      <c r="D702" t="s">
         <v>2705</v>
       </c>
-      <c r="D702" t="s">
+      <c r="E702" s="2" t="s">
         <v>2706</v>
       </c>
-      <c r="E702" s="2" t="s">
+      <c r="F702" s="2" t="s">
         <v>2707</v>
-      </c>
-[...1 lines deleted...]
-        <v>2708</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" t="s">
-        <v>2681</v>
+        <v>2619</v>
       </c>
       <c r="B703" t="s">
-        <v>2682</v>
+        <v>2620</v>
       </c>
       <c r="C703" t="s">
+        <v>2708</v>
+      </c>
+      <c r="D703" t="s">
+        <v>2708</v>
+      </c>
+      <c r="E703" s="2" t="s">
         <v>2709</v>
       </c>
-      <c r="D703" t="s">
+      <c r="F703" s="2" t="s">
         <v>2710</v>
       </c>
-      <c r="E703" s="2" t="s">
+    </row>
+    <row r="704" spans="1:6">
+      <c r="A704" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B704" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C704" t="s">
         <v>2711</v>
       </c>
-      <c r="F703" s="2" t="s">
+      <c r="D704" t="s">
         <v>2712</v>
+      </c>
+      <c r="E704" s="2" t="s">
+        <v>2713</v>
+      </c>
+      <c r="F704" s="2" t="s">
+        <v>2714</v>
+      </c>
+    </row>
+    <row r="705" spans="1:6">
+      <c r="A705" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B705" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C705" t="s">
+        <v>2715</v>
+      </c>
+      <c r="D705" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E705" s="2" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F705" s="2" t="s">
+        <v>2718</v>
+      </c>
+    </row>
+    <row r="706" spans="1:6">
+      <c r="A706" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B706" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C706" t="s">
+        <v>2719</v>
+      </c>
+      <c r="D706" t="s">
+        <v>2720</v>
+      </c>
+      <c r="E706" s="2" t="s">
+        <v>2721</v>
+      </c>
+      <c r="F706" s="2" t="s">
+        <v>2722</v>
+      </c>
+    </row>
+    <row r="707" spans="1:6">
+      <c r="A707" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B707" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C707" t="s">
+        <v>2723</v>
+      </c>
+      <c r="D707" t="s">
+        <v>2724</v>
+      </c>
+      <c r="E707" s="2" t="s">
+        <v>2725</v>
+      </c>
+      <c r="F707" s="2" t="s">
+        <v>2726</v>
+      </c>
+    </row>
+    <row r="708" spans="1:6">
+      <c r="A708" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B708" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C708" t="s">
+        <v>2727</v>
+      </c>
+      <c r="D708" t="s">
+        <v>2728</v>
+      </c>
+      <c r="E708" s="2" t="s">
+        <v>2729</v>
+      </c>
+      <c r="F708" s="2" t="s">
+        <v>2730</v>
+      </c>
+    </row>
+    <row r="709" spans="1:6">
+      <c r="A709" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B709" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C709" t="s">
+        <v>2731</v>
+      </c>
+      <c r="D709" t="s">
+        <v>2732</v>
+      </c>
+      <c r="E709" s="2" t="s">
+        <v>2733</v>
+      </c>
+      <c r="F709" s="2" t="s">
+        <v>2734</v>
+      </c>
+    </row>
+    <row r="710" spans="1:6">
+      <c r="A710" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B710" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C710" t="s">
+        <v>2735</v>
+      </c>
+      <c r="D710" t="s">
+        <v>2736</v>
+      </c>
+      <c r="E710" s="2" t="s">
+        <v>2737</v>
+      </c>
+      <c r="F710" s="2" t="s">
+        <v>2738</v>
+      </c>
+    </row>
+    <row r="711" spans="1:6">
+      <c r="A711" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B711" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C711" t="s">
+        <v>2739</v>
+      </c>
+      <c r="D711" t="s">
+        <v>2740</v>
+      </c>
+      <c r="E711" s="2" t="s">
+        <v>2741</v>
+      </c>
+      <c r="F711" s="2" t="s">
+        <v>2742</v>
+      </c>
+    </row>
+    <row r="712" spans="1:6">
+      <c r="A712" t="s">
+        <v>2743</v>
+      </c>
+      <c r="B712" t="s">
+        <v>2744</v>
+      </c>
+      <c r="C712" t="s">
+        <v>2745</v>
+      </c>
+      <c r="D712" t="s">
+        <v>2746</v>
+      </c>
+      <c r="E712" s="2" t="s">
+        <v>2747</v>
+      </c>
+      <c r="F712" s="2" t="s">
+        <v>2748</v>
+      </c>
+    </row>
+    <row r="713" spans="1:6">
+      <c r="A713" t="s">
+        <v>2743</v>
+      </c>
+      <c r="B713" t="s">
+        <v>2744</v>
+      </c>
+      <c r="C713" t="s">
+        <v>2749</v>
+      </c>
+      <c r="D713" t="s">
+        <v>2750</v>
+      </c>
+      <c r="E713" s="2" t="s">
+        <v>2751</v>
+      </c>
+      <c r="F713" s="2" t="s">
+        <v>2752</v>
+      </c>
+    </row>
+    <row r="714" spans="1:6">
+      <c r="A714" t="s">
+        <v>2743</v>
+      </c>
+      <c r="B714" t="s">
+        <v>2744</v>
+      </c>
+      <c r="C714" t="s">
+        <v>2753</v>
+      </c>
+      <c r="D714" t="s">
+        <v>2754</v>
+      </c>
+      <c r="E714" s="2" t="s">
+        <v>2755</v>
+      </c>
+      <c r="F714" s="2" t="s">
+        <v>2756</v>
+      </c>
+    </row>
+    <row r="715" spans="1:6">
+      <c r="A715" t="s">
+        <v>2743</v>
+      </c>
+      <c r="B715" t="s">
+        <v>2744</v>
+      </c>
+      <c r="C715" t="s">
+        <v>2757</v>
+      </c>
+      <c r="D715" t="s">
+        <v>2758</v>
+      </c>
+      <c r="E715" s="2" t="s">
+        <v>2759</v>
+      </c>
+      <c r="F715" s="2" t="s">
+        <v>2760</v>
+      </c>
+    </row>
+    <row r="716" spans="1:6">
+      <c r="A716" t="s">
+        <v>2743</v>
+      </c>
+      <c r="B716" t="s">
+        <v>2744</v>
+      </c>
+      <c r="C716" t="s">
+        <v>2761</v>
+      </c>
+      <c r="D716" t="s">
+        <v>2762</v>
+      </c>
+      <c r="E716" s="2" t="s">
+        <v>2763</v>
+      </c>
+      <c r="F716" s="2" t="s">
+        <v>2764</v>
+      </c>
+    </row>
+    <row r="717" spans="1:6">
+      <c r="A717" t="s">
+        <v>2743</v>
+      </c>
+      <c r="B717" t="s">
+        <v>2744</v>
+      </c>
+      <c r="C717" t="s">
+        <v>2765</v>
+      </c>
+      <c r="D717" t="s">
+        <v>2766</v>
+      </c>
+      <c r="E717" s="2" t="s">
+        <v>2767</v>
+      </c>
+      <c r="F717" s="2" t="s">
+        <v>2768</v>
+      </c>
+    </row>
+    <row r="718" spans="1:6">
+      <c r="A718" t="s">
+        <v>2743</v>
+      </c>
+      <c r="B718" t="s">
+        <v>2744</v>
+      </c>
+      <c r="C718" t="s">
+        <v>2769</v>
+      </c>
+      <c r="D718" t="s">
+        <v>2770</v>
+      </c>
+      <c r="E718" s="2" t="s">
+        <v>2771</v>
+      </c>
+      <c r="F718" s="2" t="s">
+        <v>2772</v>
+      </c>
+    </row>
+    <row r="719" spans="1:6">
+      <c r="A719" t="s">
+        <v>2743</v>
+      </c>
+      <c r="B719" t="s">
+        <v>2744</v>
+      </c>
+      <c r="C719" t="s">
+        <v>2773</v>
+      </c>
+      <c r="D719" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E719" s="2" t="s">
+        <v>2775</v>
+      </c>
+      <c r="F719" s="2" t="s">
+        <v>2776</v>
+      </c>
+    </row>
+    <row r="720" spans="1:6">
+      <c r="A720" t="s">
+        <v>2743</v>
+      </c>
+      <c r="B720" t="s">
+        <v>2744</v>
+      </c>
+      <c r="C720" t="s">
+        <v>2777</v>
+      </c>
+      <c r="D720" t="s">
+        <v>2778</v>
+      </c>
+      <c r="E720" s="2" t="s">
+        <v>2779</v>
+      </c>
+      <c r="F720" s="2" t="s">
+        <v>2780</v>
+      </c>
+    </row>
+    <row r="721" spans="1:6">
+      <c r="A721" t="s">
+        <v>2743</v>
+      </c>
+      <c r="B721" t="s">
+        <v>2744</v>
+      </c>
+      <c r="C721" t="s">
+        <v>2781</v>
+      </c>
+      <c r="D721" t="s">
+        <v>2782</v>
+      </c>
+      <c r="E721" s="2" t="s">
+        <v>2783</v>
+      </c>
+      <c r="F721" s="2" t="s">
+        <v>2784</v>
+      </c>
+    </row>
+    <row r="722" spans="1:6">
+      <c r="A722" t="s">
+        <v>2785</v>
+      </c>
+      <c r="B722" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C722" t="s">
+        <v>2787</v>
+      </c>
+      <c r="D722" t="s">
+        <v>2788</v>
+      </c>
+      <c r="E722" s="2" t="s">
+        <v>2789</v>
+      </c>
+      <c r="F722" s="2" t="s">
+        <v>2790</v>
+      </c>
+    </row>
+    <row r="723" spans="1:6">
+      <c r="A723" t="s">
+        <v>2785</v>
+      </c>
+      <c r="B723" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C723" t="s">
+        <v>299</v>
+      </c>
+      <c r="D723" t="s">
+        <v>300</v>
+      </c>
+      <c r="E723" s="2" t="s">
+        <v>2791</v>
+      </c>
+      <c r="F723" s="2" t="s">
+        <v>2792</v>
+      </c>
+    </row>
+    <row r="724" spans="1:6">
+      <c r="A724" t="s">
+        <v>2785</v>
+      </c>
+      <c r="B724" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C724" t="s">
+        <v>2793</v>
+      </c>
+      <c r="D724" t="s">
+        <v>2794</v>
+      </c>
+      <c r="E724" s="2" t="s">
+        <v>2795</v>
+      </c>
+      <c r="F724" s="2" t="s">
+        <v>2796</v>
+      </c>
+    </row>
+    <row r="725" spans="1:6">
+      <c r="A725" t="s">
+        <v>2785</v>
+      </c>
+      <c r="B725" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C725" t="s">
+        <v>2797</v>
+      </c>
+      <c r="D725" t="s">
+        <v>2798</v>
+      </c>
+      <c r="E725" s="2" t="s">
+        <v>2799</v>
+      </c>
+      <c r="F725" s="2" t="s">
+        <v>2800</v>
+      </c>
+    </row>
+    <row r="726" spans="1:6">
+      <c r="A726" t="s">
+        <v>2785</v>
+      </c>
+      <c r="B726" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C726" t="s">
+        <v>2801</v>
+      </c>
+      <c r="D726" t="s">
+        <v>2802</v>
+      </c>
+      <c r="E726" s="2" t="s">
+        <v>2803</v>
+      </c>
+      <c r="F726" s="2" t="s">
+        <v>2804</v>
+      </c>
+    </row>
+    <row r="727" spans="1:6">
+      <c r="A727" t="s">
+        <v>2785</v>
+      </c>
+      <c r="B727" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C727" t="s">
+        <v>2805</v>
+      </c>
+      <c r="D727" t="s">
+        <v>2806</v>
+      </c>
+      <c r="E727" s="2" t="s">
+        <v>2807</v>
+      </c>
+      <c r="F727" s="2" t="s">
+        <v>2808</v>
+      </c>
+    </row>
+    <row r="728" spans="1:6">
+      <c r="A728" t="s">
+        <v>2785</v>
+      </c>
+      <c r="B728" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C728" t="s">
+        <v>2809</v>
+      </c>
+      <c r="D728" t="s">
+        <v>2810</v>
+      </c>
+      <c r="E728" s="2" t="s">
+        <v>2811</v>
+      </c>
+      <c r="F728" s="2" t="s">
+        <v>2812</v>
+      </c>
+    </row>
+    <row r="729" spans="1:6">
+      <c r="A729" t="s">
+        <v>2785</v>
+      </c>
+      <c r="B729" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C729" t="s">
+        <v>2813</v>
+      </c>
+      <c r="D729" t="s">
+        <v>2814</v>
+      </c>
+      <c r="E729" s="2" t="s">
+        <v>2815</v>
+      </c>
+      <c r="F729" s="2" t="s">
+        <v>2816</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</oddFooter>
     <evenHeader/>
     <evenFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</evenFooter>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">